--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -86,68 +86,74 @@
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00C027C6">
             <w:t>Título aqui...</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="005D02B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE56A6" w:rsidRPr="001E363C">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00025199" w:rsidRPr="00025199">
         <w:t xml:space="preserve"> Com subtítulo. Em até 2 linhas.</w:t>
       </w:r>
       <w:r w:rsidR="003150E2">
         <w:t>(Estilo: Título Português)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AC3AD04" w14:textId="3DD32B05" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00175B23" w:rsidP="006F1B6C">
+    <w:p w14:paraId="7AC3AD04" w14:textId="24C3A84C" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00175B23" w:rsidP="006F1B6C">
       <w:pPr>
         <w:pStyle w:val="TtuloEstrangeiro"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Título: </w:t>
       </w:r>
       <w:r w:rsidRPr="00175B23">
         <w:t>Com subtítulo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> em língua inglesa</w:t>
       </w:r>
       <w:r w:rsidRPr="00175B23">
         <w:t xml:space="preserve">. Em até 2 linhas. </w:t>
       </w:r>
       <w:r w:rsidR="005E4549">
-        <w:t>(Estilo: Título Estranheiro)</w:t>
+        <w:t>(Estilo: Título Estran</w:t>
+      </w:r>
+      <w:r w:rsidR="0096403A">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4549">
+        <w:t>eiro)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75C34B77" w14:textId="4D1D5664" w:rsidR="00063D15" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="006F1B6C">
       <w:pPr>
         <w:pStyle w:val="DOI"/>
       </w:pPr>
       <w:r w:rsidRPr="00092334">
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r w:rsidR="002E21D4">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>0.</w:t>
       </w:r>
       <w:r w:rsidR="002E21D4">
         <w:t>0000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002E21D4">
         <w:t>00000000000000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
@@ -273,63 +279,55 @@
         <w:t xml:space="preserve"> dados</w:t>
       </w:r>
       <w:r w:rsidR="00607CD1">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6138D215" w14:textId="45495957" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00FF21CC">
       <w:pPr>
         <w:pStyle w:val="Autordados"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF21CC">
         <w:rPr>
           <w:rStyle w:val="AutordadoslegendaChar"/>
         </w:rPr>
         <w:t>Lattes</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="008E46C3">
         <w:t>0000000000000000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF21CC">
         <w:rPr>
           <w:rStyle w:val="AutordadoslegendaChar"/>
         </w:rPr>
-        <w:t>Orcid</w:t>
-[...6 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Orcid:</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t xml:space="preserve"> 0000-000</w:t>
       </w:r>
       <w:r w:rsidR="008E46C3">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="008E46C3">
         <w:t>0000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="008E46C3">
         <w:t>0000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BE068C9" w14:textId="24230835" w:rsidR="00EE56A6" w:rsidRDefault="00EE56A6" w:rsidP="00FF21CC">
       <w:pPr>
@@ -405,83 +403,51 @@
       <w:r w:rsidRPr="004D1C50">
         <w:t>Licenciante: Revista de Ensino</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C6F007" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
         <w:pStyle w:val="Licenadeuso"/>
         <w:framePr w:wrap="around"/>
       </w:pPr>
       <w:r w:rsidRPr="004D1C50">
         <w:t>em Artes, Moda e Design, Florianópolis, Brasil.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF30C7E" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
         <w:pStyle w:val="Licenadeuso"/>
         <w:framePr w:wrap="around"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49331058" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
         <w:pStyle w:val="Licenadeuso"/>
         <w:framePr w:wrap="around"/>
       </w:pPr>
       <w:r w:rsidRPr="004D1C50">
-        <w:t xml:space="preserve">Este trabalho está licenciado sob uma licença </w:t>
-[...31 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Este trabalho está licenciado sob uma licença Creative Commons Attribution 4.0 International License.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4706E040" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
         <w:pStyle w:val="Licenadeuso"/>
         <w:framePr w:wrap="around"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DD5E0BF" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
         <w:pStyle w:val="Licenadeuso"/>
         <w:framePr w:wrap="around"/>
       </w:pPr>
       <w:r w:rsidRPr="004D1C50">
         <w:t>Publicado pela Universidade do Estado de Santa Catarina</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="411BF600" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
         <w:pStyle w:val="Licenadeuso"/>
         <w:framePr w:wrap="around"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00FA817D" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
@@ -632,90 +598,74 @@
       </w:r>
       <w:r w:rsidR="00200A1A">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE7B5D5" w14:textId="7DFC550D" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="008C04C6" w:rsidP="006360B3">
       <w:pPr>
         <w:pStyle w:val="Resumopttexto"/>
       </w:pPr>
       <w:r>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="008C04C6">
         <w:t>esumo com 150 (cento e cinquenta) a 250 (duzentos e cinquenta)</w:t>
       </w:r>
       <w:r w:rsidR="002B468F">
         <w:t xml:space="preserve"> palavras.</w:t>
       </w:r>
       <w:r w:rsidR="001045B4" w:rsidRPr="001045B4">
         <w:t xml:space="preserve"> Elemento obrigatório. Deve apresentar de forma concisa o tema da entrevista, os principais pontos abordados. Sequência de frases concisas, afirmativas e não a enumeração de tópicos. Recomenda-se o uso de parágrafo único.</w:t>
       </w:r>
       <w:r w:rsidR="002B468F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B3DAC">
-        <w:t xml:space="preserve">(Estilo: Resumo </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> texto)</w:t>
+        <w:t>(Estilo: Resumo pt texto)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A376267" w14:textId="375FB107" w:rsidR="004323A1" w:rsidRPr="00212600" w:rsidRDefault="004323A1" w:rsidP="00212600">
       <w:pPr>
         <w:pStyle w:val="Resumopttexto"/>
       </w:pPr>
       <w:r w:rsidRPr="00212600">
         <w:rPr>
           <w:rStyle w:val="ResumoptlegendaChar"/>
         </w:rPr>
         <w:t>Palavras-chave</w:t>
       </w:r>
       <w:r w:rsidRPr="00212600">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00A1650B" w:rsidRPr="00212600">
         <w:t>De 3 a 5, separadas com ponto final</w:t>
       </w:r>
       <w:r w:rsidRPr="00212600">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A50777">
-        <w:t xml:space="preserve"> (Estilo: Resumo </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> texto)</w:t>
+        <w:t xml:space="preserve"> (Estilo: Resumo pt texto)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DD28F1B" w14:textId="02CA50A1" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="004323A1" w:rsidP="006360B3">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71C8D9D8" w14:textId="33387DB4" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="004323A1" w:rsidP="006360B3">
       <w:pPr>
         <w:pStyle w:val="Resumoestttulo"/>
       </w:pPr>
       <w:r w:rsidRPr="009B2846">
         <w:t>Abstract</w:t>
       </w:r>
       <w:r w:rsidR="00811D99">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00212600">
         <w:t xml:space="preserve">(Estilo: Resumo </w:t>
       </w:r>
       <w:r w:rsidR="00D47C0C">
         <w:t>est</w:t>
       </w:r>
       <w:r w:rsidR="00212600">
         <w:t xml:space="preserve"> título)</w:t>
@@ -872,59 +822,51 @@
       <w:r w:rsidRPr="005418B6">
         <w:rPr>
           <w:rStyle w:val="FiguratituloChar"/>
         </w:rPr>
         <w:t>Foto do entrevistado (a):</w:t>
       </w:r>
       <w:r w:rsidR="005418B6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>As entrevistas poderão ser ilustradas com a fotografia do entrevistado. Deverão vir acompanhadas, na submissão, de declaração do entrevistado que está de acordo com a publicação do texto e da sua fotografia. Tamanho e formato conforme desejar, desde que não ultrapasse meia folha.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FFE90A1" w14:textId="79B38511" w:rsidR="00370A3C" w:rsidRDefault="00783141" w:rsidP="00370A3C">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r w:rsidRPr="00783141">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nome do entrevistado</w:t>
       </w:r>
       <w:r w:rsidRPr="00783141">
-        <w:t xml:space="preserve"> (a) seguido de uma apresentação </w:t>
-[...7 lines deleted...]
-        <w:t>, podendo conter informações como: filiação institucional, atuação profissional e áreas de pesquisa.</w:t>
+        <w:t xml:space="preserve"> (a) seguido de uma apresentação do mesmo, podendo conter informações como: filiação institucional, atuação profissional e áreas de pesquisa.</w:t>
       </w:r>
       <w:r w:rsidR="000B295B">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="000B295B" w:rsidRPr="000B295B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Estilo: Corpo do texto</w:t>
       </w:r>
       <w:r w:rsidR="000B295B">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="726BE0CA" w14:textId="77777777" w:rsidR="00B914AD" w:rsidRDefault="00B914AD" w:rsidP="00370A3C">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50D22064" w14:textId="77777777" w:rsidR="00370A3C" w:rsidRDefault="00370A3C" w:rsidP="00370A3C">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
@@ -1079,69 +1021,51 @@
         <w:t>Citações utilizando a norma ABNT mais atualizada</w:t>
       </w:r>
       <w:r w:rsidR="00D13FB1">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00D13FB1" w:rsidRPr="00D13FB1">
         <w:t>NBR 10520/23)</w:t>
       </w:r>
       <w:r w:rsidR="00670E15">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="669CB76A" w14:textId="2FB6C29A" w:rsidR="00616D8E" w:rsidRPr="00616D8E" w:rsidRDefault="00100C97" w:rsidP="00670954">
       <w:pPr>
         <w:pStyle w:val="TopicoNvel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00100C97">
         <w:t>Observações</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A4C13C8" w14:textId="50D94BBC" w:rsidR="00815C04" w:rsidRDefault="00815C04" w:rsidP="00815C04">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ao enviar o trabalho para avaliação, cada autor deve encaminhar também o Termo de Ciência e Consentimento preenchido e assinado junto aos demais arquivos submetidos como documento complementar, salvo em </w:t>
-[...17 lines deleted...]
-        <w:t>, serão três termos de ciência e consentimento, todos nominais e assinados individualmente.</w:t>
+        <w:t>Ao enviar o trabalho para avaliação, cada autor deve encaminhar também o Termo de Ciência e Consentimento preenchido e assinado junto aos demais arquivos submetidos como documento complementar, salvo em pdf. Logo haja 1 autor e dois co-autores, serão três termos de ciência e consentimento, todos nominais e assinados individualmente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="539FD2E5" w14:textId="77777777" w:rsidR="00815C04" w:rsidRDefault="00815C04" w:rsidP="00815C04">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r>
         <w:t>Enviar, obrigatoriamente, declaração do entrevistado (modelo abaixo) que está de acordo com a publicação do texto e da sua fotografia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79526690" w14:textId="77777777" w:rsidR="004630A6" w:rsidRDefault="00815C04" w:rsidP="00815C04">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Delete essas observações acima e todas as caixas de revisão antes de salvar o seu texto em PDF.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A324477" w14:textId="2D84EEA8" w:rsidR="00853FD5" w:rsidRDefault="004630A6" w:rsidP="00815C04">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
         <w:sectPr w:rsidR="00853FD5" w:rsidSect="009211E6">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="3109" w:right="4251" w:bottom="1696" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
@@ -1197,88 +1121,59 @@
       <w:pPr>
         <w:pStyle w:val="TpicoNvel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00616D8E">
         <w:t xml:space="preserve">Declaração de conflito de Interesses </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20209DC5" w14:textId="77777777" w:rsidR="00853FD5" w:rsidRDefault="00853FD5" w:rsidP="00853FD5">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r w:rsidRPr="00616D8E">
         <w:t>Os autores declaram não ter conhecimento de conflitos de interesses financeiros ou relacionamentos pessoais que possam ter influenciado o trabalho relatado neste artigo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E515FDE" w14:textId="77777777" w:rsidR="00853FD5" w:rsidRPr="00616D8E" w:rsidRDefault="00853FD5" w:rsidP="00853FD5">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32D77E33" w14:textId="77777777" w:rsidR="00853FD5" w:rsidRPr="00A031FC" w:rsidRDefault="00853FD5" w:rsidP="00853FD5">
       <w:pPr>
         <w:pStyle w:val="TpicoNvel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00A031FC">
-        <w:t>Declaração de Contribuição dos Autores e Colaboradores (</w:t>
-[...23 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Declaração de Contribuição dos Autores e Colaboradores (CRediT - Contributor Roles Taxonomy)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="101126FF" w14:textId="77777777" w:rsidR="00853FD5" w:rsidRDefault="00853FD5" w:rsidP="00853FD5">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00616D8E">
-        <w:t>Ex</w:t>
-[...3 lines deleted...]
-        <w:t>: Concepção do trabalho: João da Silva; João teve a ideia inicial do projeto e formulou a hipótese da pesquisa. Metodologia: Maria Santos, Ana Oliveira; Maria e Ana projetaram a metodologia e realizaram os testes experimentais. Validação: Pedro Lima; Pedro verificou os dados experimentais e validou os resultados utilizando técnicas estatísticas.</w:t>
+        <w:t>Ex: Concepção do trabalho: João da Silva; João teve a ideia inicial do projeto e formulou a hipótese da pesquisa. Metodologia: Maria Santos, Ana Oliveira; Maria e Ana projetaram a metodologia e realizaram os testes experimentais. Validação: Pedro Lima; Pedro verificou os dados experimentais e validou os resultados utilizando técnicas estatísticas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D11CE83" w14:textId="77777777" w:rsidR="00853FD5" w:rsidRPr="00616D8E" w:rsidRDefault="00853FD5" w:rsidP="00853FD5">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F2C7B8A" w14:textId="77777777" w:rsidR="00853FD5" w:rsidRPr="00616D8E" w:rsidRDefault="00853FD5" w:rsidP="00853FD5">
       <w:pPr>
         <w:pStyle w:val="TpicoNvel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00616D8E">
         <w:t>Material suplementar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="588C3207" w14:textId="77777777" w:rsidR="00853FD5" w:rsidRPr="00616D8E" w:rsidRDefault="00853FD5" w:rsidP="00853FD5">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r w:rsidRPr="00616D8E">
         <w:t>O material suplementar referente a este artigo está disponível online.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="156808AB" w14:textId="77777777" w:rsidR="00853FD5" w:rsidRDefault="00853FD5" w:rsidP="00853FD5">
       <w:pPr>
@@ -1318,87 +1213,83 @@
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00616D8E">
         <w:t xml:space="preserve"> Gostaria de agradecer ao</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> __________</w:t>
       </w:r>
       <w:r w:rsidRPr="00616D8E">
         <w:t xml:space="preserve"> da Escola de Design e Artes Criativas da Universidade de XXXXX, por apoiar a fabricação do novo XXXXX</w:t>
       </w:r>
       <w:r w:rsidR="002F18F5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4264EE6D" w14:textId="77777777" w:rsidR="002F18F5" w:rsidRPr="00616D8E" w:rsidRDefault="002F18F5" w:rsidP="002F18F5">
       <w:pPr>
         <w:pStyle w:val="TopicoNvel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00616D8E">
         <w:lastRenderedPageBreak/>
         <w:t>Referências</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="351B9AB9" w14:textId="77777777" w:rsidR="002F18F5" w:rsidRPr="00616D8E" w:rsidRDefault="002F18F5" w:rsidP="002F18F5">
+    <w:p w14:paraId="351B9AB9" w14:textId="0BCB0A14" w:rsidR="002F18F5" w:rsidRPr="00616D8E" w:rsidRDefault="002F18F5" w:rsidP="002F18F5">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r w:rsidRPr="00616D8E">
         <w:t>Este subtítulo não recebe numeração.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00616D8E">
         <w:t>As referências bibliográficas, começam na página seguinte do final do artigo.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00616D8E">
         <w:t>Seguir as normas estabelecidas pela ABNT recente.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> O texto das referências utiliza o estilo </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009F197B">
+        <w:t>Referência</w:t>
+      </w:r>
       <w:r>
-        <w:t>Referencia</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>; os termos em destaque das referências utilizam o estilo Refer</w:t>
+      </w:r>
+      <w:r w:rsidR="009F197B">
+        <w:t>ê</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">; os termos em destaque das referências utilizam o estilo </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Destaque; e os termos em latim das referências utilizam o estilo Referência Latim.</w:t>
+        <w:t>ncia Destaque; e os termos em latim das referências utilizam o estilo Referência Latim.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F0B7DD9" w14:textId="77777777" w:rsidR="002F18F5" w:rsidRDefault="002F18F5" w:rsidP="002F18F5">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76E7FB72" w14:textId="77777777" w:rsidR="002F18F5" w:rsidRPr="00E17C38" w:rsidRDefault="002F18F5" w:rsidP="002F18F5">
       <w:pPr>
         <w:pStyle w:val="Referencia"/>
       </w:pPr>
       <w:r w:rsidRPr="00515E76">
         <w:t xml:space="preserve">SOBRENOME, Nome. </w:t>
       </w:r>
       <w:r w:rsidRPr="008B51D2">
         <w:rPr>
           <w:rStyle w:val="ReferenciadestaqueChar"/>
         </w:rPr>
         <w:t>Título do livro</w:t>
       </w:r>
       <w:r w:rsidRPr="00E17C38">
         <w:t>: Subtítulo do livro. Edição (se não for a primeira). Local: Editora, ano.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CA629F1" w14:textId="77777777" w:rsidR="002F18F5" w:rsidRPr="00515E76" w:rsidRDefault="002F18F5" w:rsidP="002F18F5">
@@ -1531,207 +1422,194 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="526790B1" w14:textId="007390B2" w:rsidR="00561DC2" w:rsidRDefault="00561DC2" w:rsidP="00561DC2">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r>
         <w:t>Eu (nome do(a) entrevistado(a) ............................................................................, abaixo assinado(a), autorizo (nome do(a) entrevistador) ........................</w:t>
       </w:r>
       <w:r w:rsidR="002B256D">
         <w:t>...........</w:t>
       </w:r>
       <w:r>
         <w:t>, a utilizar as respostas por mim prestadas e fotografia apresentada, conforme texto anexo, que tem como título .............</w:t>
       </w:r>
       <w:r w:rsidR="002B256D">
         <w:t>....</w:t>
       </w:r>
       <w:r>
         <w:t>......................</w:t>
       </w:r>
       <w:r w:rsidR="002B256D">
         <w:t>.........</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">..... a ser publicado na Revista de Ensino em Artes, Moda e Design, cuja submissão se fará </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>..... a ser publicado na Revista de Ensino em Artes, Moda e Design, cuja submissão se fará em ....../......../.......</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A26ADD1" w14:textId="77777777" w:rsidR="00561DC2" w:rsidRDefault="00561DC2" w:rsidP="00561DC2">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68E70AC2" w14:textId="77777777" w:rsidR="00561DC2" w:rsidRDefault="00561DC2" w:rsidP="00561DC2">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
       <w:r>
-        <w:t>em</w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Cidade, .......... de .................................... de 20______ .</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="19F91605" w14:textId="77777777" w:rsidR="00561DC2" w:rsidRDefault="00561DC2" w:rsidP="00561DC2">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F888493" w14:textId="6FE85D69" w:rsidR="008B1387" w:rsidRPr="009B2846" w:rsidRDefault="00561DC2" w:rsidP="00874ABF">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r>
         <w:t>Assinatura do entrevistado</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008B1387" w:rsidRPr="009B2846" w:rsidSect="009211E6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="3109" w:right="4251" w:bottom="1696" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BA20847" w14:textId="77777777" w:rsidR="00AD7310" w:rsidRDefault="00AD7310" w:rsidP="00063D15">
+    <w:p w14:paraId="6F076F1B" w14:textId="77777777" w:rsidR="009F0CCD" w:rsidRDefault="009F0CCD" w:rsidP="00063D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C7AF130" w14:textId="77777777" w:rsidR="00AD7310" w:rsidRDefault="00AD7310" w:rsidP="00063D15">
+    <w:p w14:paraId="6E325CEA" w14:textId="77777777" w:rsidR="009F0CCD" w:rsidRDefault="009F0CCD" w:rsidP="00063D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{21DC7033-C3E8-4236-81B1-FF7414193AF4}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId4" w:fontKey="{F48492E9-A6CF-4C30-9BCA-D5915AAA42E5}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{C6A3D203-1773-4E40-8AB6-741118D61C5F}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{A04650ED-9555-4637-94C0-4186F97B5858}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{7114A337-10E1-4FD6-8061-CDD06F653873}"/>
+    <w:embedBoldItalic r:id="rId4" w:fontKey="{BED73A36-8B00-48FC-B8EF-3EF59DC0B549}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{F2AA9C19-3708-4570-AC3F-B17AC0AE9150}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{EBAF8910-9F16-4A1E-A969-FFF3B3AE4650}"/>
   </w:font>
   <w:font w:name="Lato">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{F45AB41F-88F9-45F2-AEB9-43BF87FBB811}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId9" w:fontKey="{E839263A-7984-4D7A-AEE5-F872D0EBE636}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{3A51A283-5A8D-4186-82AA-388AC2D49032}"/>
+    <w:embedBold r:id="rId7" w:fontKey="{3FDDE995-82FD-41B3-8B11-D442F680E0CD}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{D4EF4B63-AF15-4B55-AB88-BA10F6091819}"/>
+    <w:embedBoldItalic r:id="rId9" w:fontKey="{5702A2CC-948C-4BD5-82E2-11F85C48E007}"/>
   </w:font>
   <w:font w:name="Times New Roman (Corpo CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Lato Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId10" w:fontKey="{40E54CC2-8DA7-4E39-86D9-EEF1F1D9A177}"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{A471E660-4C60-4651-9ECE-F29DE25350FA}"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId11" w:fontKey="{13FCBB71-8351-4DF1-86D9-7EBCC5FAAD9A}"/>
-    <w:embedBold r:id="rId12" w:fontKey="{1FA6AD54-B6DE-4394-8E62-383BAA89F238}"/>
+    <w:embedRegular r:id="rId11" w:fontKey="{CDE22416-8BDB-45E6-8686-94D3E8AE15A5}"/>
+    <w:embedBold r:id="rId12" w:fontKey="{C160AC7F-18D4-4101-8795-99F915F37F44}"/>
   </w:font>
   <w:font w:name="Lato SemiBold">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId13" w:fontKey="{3D8C174D-18C3-4D76-B4A4-8FC4ACC67D2E}"/>
-    <w:embedItalic r:id="rId14" w:fontKey="{85B39EE4-8E0F-4FB1-AF07-6B8CF9725224}"/>
+    <w:embedRegular r:id="rId13" w:fontKey="{69365FB4-3C33-455B-AC31-251DB226C50C}"/>
+    <w:embedItalic r:id="rId14" w:fontKey="{426DAFA2-3E34-46BF-BCCD-319290CEA70F}"/>
   </w:font>
   <w:font w:name="Lato Bold">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId15" w:fontKey="{A7DC562C-C1C8-4FF2-9DC2-CD5E79A8061F}"/>
+    <w:embedRegular r:id="rId15" w:fontKey="{8F0B14B8-A2F6-4F6B-990E-2832B5884D3E}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:id w:val="-878160372"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="2AC6A947" w14:textId="434F3CD0" w:rsidR="00E666A8" w:rsidRDefault="00E666A8" w:rsidP="00BF5ABE">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
           </w:rPr>
@@ -1855,93 +1733,85 @@
         </w:r>
         <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="006565F8">
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="361DE90E" w14:textId="77777777" w:rsidR="00440A7D" w:rsidRDefault="00440A7D" w:rsidP="00440A7D">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EBED940" w14:textId="77777777" w:rsidR="00AD7310" w:rsidRDefault="00AD7310" w:rsidP="00063D15">
+    <w:p w14:paraId="3E52F642" w14:textId="77777777" w:rsidR="009F0CCD" w:rsidRDefault="009F0CCD" w:rsidP="00063D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25BA8CAC" w14:textId="77777777" w:rsidR="00AD7310" w:rsidRDefault="00AD7310" w:rsidP="00063D15">
+    <w:p w14:paraId="0C26C820" w14:textId="77777777" w:rsidR="009F0CCD" w:rsidRDefault="009F0CCD" w:rsidP="00063D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="79FDE9CF" w14:textId="6B6B067E" w:rsidR="00F51C1E" w:rsidRDefault="00F51C1E" w:rsidP="00EF10BC">
       <w:pPr>
         <w:pStyle w:val="Notarodape"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF10BC">
         <w:rPr>
           <w:rStyle w:val="NotanumeroChar"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Nota de rodapé aqui (Estilo: </w:t>
       </w:r>
       <w:r w:rsidR="00EF10BC">
-        <w:t xml:space="preserve">Nota </w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Nota rpdapé)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="1C4F9A34" w14:textId="78F6B887" w:rsidR="00AA3EF5" w:rsidRDefault="00AA3EF5" w:rsidP="00AD65A0">
       <w:pPr>
         <w:pStyle w:val="Notarodape"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD65A0" w:rsidRPr="00AD65A0">
         <w:t>Correção gramatical realizada por: Nome Completo, titulação, instituição, ano e E-mail (Lattes/ORCID são opcionais).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
@@ -2317,51 +2187,50 @@
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2452,89 +2321,91 @@
     <w:rsid w:val="00395714"/>
     <w:rsid w:val="00397B6F"/>
     <w:rsid w:val="003A510C"/>
     <w:rsid w:val="003C3611"/>
     <w:rsid w:val="003C7DB0"/>
     <w:rsid w:val="003F0617"/>
     <w:rsid w:val="003F34DA"/>
     <w:rsid w:val="00403524"/>
     <w:rsid w:val="00427DE8"/>
     <w:rsid w:val="004323A1"/>
     <w:rsid w:val="004345C9"/>
     <w:rsid w:val="00440A7D"/>
     <w:rsid w:val="00452849"/>
     <w:rsid w:val="00453E07"/>
     <w:rsid w:val="00455078"/>
     <w:rsid w:val="004630A6"/>
     <w:rsid w:val="00482AED"/>
     <w:rsid w:val="004A136E"/>
     <w:rsid w:val="004A31FA"/>
     <w:rsid w:val="004A765F"/>
     <w:rsid w:val="004D136E"/>
     <w:rsid w:val="004D1C50"/>
     <w:rsid w:val="004D2593"/>
     <w:rsid w:val="004D2BC3"/>
     <w:rsid w:val="004D4205"/>
+    <w:rsid w:val="004E6934"/>
     <w:rsid w:val="004F1A8E"/>
     <w:rsid w:val="004F251B"/>
     <w:rsid w:val="004F5055"/>
     <w:rsid w:val="0050022C"/>
     <w:rsid w:val="00507546"/>
     <w:rsid w:val="005142AB"/>
     <w:rsid w:val="00514DBA"/>
     <w:rsid w:val="00515AC9"/>
     <w:rsid w:val="00515E76"/>
     <w:rsid w:val="00523B23"/>
     <w:rsid w:val="0052740E"/>
     <w:rsid w:val="0053419A"/>
     <w:rsid w:val="005418B6"/>
     <w:rsid w:val="00542DD4"/>
     <w:rsid w:val="005518F4"/>
     <w:rsid w:val="005527DD"/>
     <w:rsid w:val="005528AB"/>
     <w:rsid w:val="00561DC2"/>
     <w:rsid w:val="0056768D"/>
     <w:rsid w:val="00570E86"/>
     <w:rsid w:val="0057303A"/>
     <w:rsid w:val="00573F18"/>
     <w:rsid w:val="0058111F"/>
     <w:rsid w:val="005853C9"/>
     <w:rsid w:val="005B0FAB"/>
     <w:rsid w:val="005B4132"/>
     <w:rsid w:val="005D02B5"/>
     <w:rsid w:val="005D32C1"/>
     <w:rsid w:val="005E22FD"/>
     <w:rsid w:val="005E4549"/>
     <w:rsid w:val="005F02B1"/>
     <w:rsid w:val="005F4161"/>
     <w:rsid w:val="006055D7"/>
     <w:rsid w:val="00607CD1"/>
     <w:rsid w:val="00616D8E"/>
     <w:rsid w:val="006337E4"/>
     <w:rsid w:val="006360B3"/>
     <w:rsid w:val="006555A6"/>
     <w:rsid w:val="00655AC5"/>
+    <w:rsid w:val="00655E64"/>
     <w:rsid w:val="006565F8"/>
     <w:rsid w:val="00670954"/>
     <w:rsid w:val="00670E15"/>
     <w:rsid w:val="00685632"/>
     <w:rsid w:val="006B3BB8"/>
     <w:rsid w:val="006E5B1F"/>
     <w:rsid w:val="006E6D3F"/>
     <w:rsid w:val="006F1300"/>
     <w:rsid w:val="006F1B6C"/>
     <w:rsid w:val="006F5E5F"/>
     <w:rsid w:val="00701047"/>
     <w:rsid w:val="00706ED4"/>
     <w:rsid w:val="00726C1E"/>
     <w:rsid w:val="00734C3D"/>
     <w:rsid w:val="00746DCD"/>
     <w:rsid w:val="00747601"/>
     <w:rsid w:val="00752405"/>
     <w:rsid w:val="007635C2"/>
     <w:rsid w:val="0077144E"/>
     <w:rsid w:val="0077193F"/>
     <w:rsid w:val="007800A1"/>
     <w:rsid w:val="00780979"/>
     <w:rsid w:val="00783141"/>
     <w:rsid w:val="007A066F"/>
     <w:rsid w:val="007A5A35"/>
@@ -2551,64 +2422,67 @@
     <w:rsid w:val="008416A7"/>
     <w:rsid w:val="0085375A"/>
     <w:rsid w:val="00853FD5"/>
     <w:rsid w:val="00865919"/>
     <w:rsid w:val="008729D2"/>
     <w:rsid w:val="008735D1"/>
     <w:rsid w:val="00874ABF"/>
     <w:rsid w:val="00875C18"/>
     <w:rsid w:val="00885A63"/>
     <w:rsid w:val="008B0185"/>
     <w:rsid w:val="008B1387"/>
     <w:rsid w:val="008B1EE7"/>
     <w:rsid w:val="008B23E5"/>
     <w:rsid w:val="008B463E"/>
     <w:rsid w:val="008B51D2"/>
     <w:rsid w:val="008C04C6"/>
     <w:rsid w:val="008D2DD2"/>
     <w:rsid w:val="008D33C9"/>
     <w:rsid w:val="008E1A4D"/>
     <w:rsid w:val="008E46C3"/>
     <w:rsid w:val="00913D6A"/>
     <w:rsid w:val="009211E6"/>
     <w:rsid w:val="00947E1A"/>
     <w:rsid w:val="00952E24"/>
     <w:rsid w:val="009578B0"/>
+    <w:rsid w:val="0096403A"/>
     <w:rsid w:val="00966CCC"/>
     <w:rsid w:val="0096751C"/>
     <w:rsid w:val="00973053"/>
     <w:rsid w:val="009763F9"/>
     <w:rsid w:val="00980DD3"/>
     <w:rsid w:val="00984ECD"/>
     <w:rsid w:val="0098627B"/>
     <w:rsid w:val="00991FBE"/>
     <w:rsid w:val="00995197"/>
     <w:rsid w:val="009B2846"/>
     <w:rsid w:val="009C03F1"/>
     <w:rsid w:val="009C2DF9"/>
     <w:rsid w:val="009D4AD0"/>
     <w:rsid w:val="009E0C5F"/>
+    <w:rsid w:val="009F0CCD"/>
+    <w:rsid w:val="009F197B"/>
     <w:rsid w:val="009F2BFF"/>
     <w:rsid w:val="009F4483"/>
     <w:rsid w:val="00A02692"/>
     <w:rsid w:val="00A031FC"/>
     <w:rsid w:val="00A0498E"/>
     <w:rsid w:val="00A05FC9"/>
     <w:rsid w:val="00A1650B"/>
     <w:rsid w:val="00A30230"/>
     <w:rsid w:val="00A35E87"/>
     <w:rsid w:val="00A35F01"/>
     <w:rsid w:val="00A370AD"/>
     <w:rsid w:val="00A4418A"/>
     <w:rsid w:val="00A46B91"/>
     <w:rsid w:val="00A50777"/>
     <w:rsid w:val="00A7798B"/>
     <w:rsid w:val="00A801BD"/>
     <w:rsid w:val="00A8358D"/>
     <w:rsid w:val="00A90B42"/>
     <w:rsid w:val="00AA1C03"/>
     <w:rsid w:val="00AA3EF5"/>
     <w:rsid w:val="00AA4763"/>
     <w:rsid w:val="00AD2429"/>
     <w:rsid w:val="00AD3D45"/>
     <w:rsid w:val="00AD65A0"/>
     <w:rsid w:val="00AD7310"/>
@@ -2617,50 +2491,51 @@
     <w:rsid w:val="00AF6AAF"/>
     <w:rsid w:val="00B21C02"/>
     <w:rsid w:val="00B3074E"/>
     <w:rsid w:val="00B539D7"/>
     <w:rsid w:val="00B6206A"/>
     <w:rsid w:val="00B661C6"/>
     <w:rsid w:val="00B71FAF"/>
     <w:rsid w:val="00B914AD"/>
     <w:rsid w:val="00B948D9"/>
     <w:rsid w:val="00B968DD"/>
     <w:rsid w:val="00BA0EA4"/>
     <w:rsid w:val="00BE7FF5"/>
     <w:rsid w:val="00BF4FCF"/>
     <w:rsid w:val="00C00647"/>
     <w:rsid w:val="00C027C6"/>
     <w:rsid w:val="00C05637"/>
     <w:rsid w:val="00C058ED"/>
     <w:rsid w:val="00C214DC"/>
     <w:rsid w:val="00C216C2"/>
     <w:rsid w:val="00C26A65"/>
     <w:rsid w:val="00C3284C"/>
     <w:rsid w:val="00C3399A"/>
     <w:rsid w:val="00C42C94"/>
     <w:rsid w:val="00C42E61"/>
     <w:rsid w:val="00C5131D"/>
+    <w:rsid w:val="00C53086"/>
     <w:rsid w:val="00C54D4E"/>
     <w:rsid w:val="00C5790A"/>
     <w:rsid w:val="00C73F7C"/>
     <w:rsid w:val="00C836D3"/>
     <w:rsid w:val="00C85546"/>
     <w:rsid w:val="00C925D5"/>
     <w:rsid w:val="00CB355B"/>
     <w:rsid w:val="00CB5BCA"/>
     <w:rsid w:val="00CC370D"/>
     <w:rsid w:val="00D00E76"/>
     <w:rsid w:val="00D071F4"/>
     <w:rsid w:val="00D13FB1"/>
     <w:rsid w:val="00D30579"/>
     <w:rsid w:val="00D32105"/>
     <w:rsid w:val="00D35144"/>
     <w:rsid w:val="00D40778"/>
     <w:rsid w:val="00D41C2B"/>
     <w:rsid w:val="00D47C0C"/>
     <w:rsid w:val="00D50447"/>
     <w:rsid w:val="00D50D1A"/>
     <w:rsid w:val="00D5388C"/>
     <w:rsid w:val="00D60BE5"/>
     <w:rsid w:val="00D65A8D"/>
     <w:rsid w:val="00D66663"/>
     <w:rsid w:val="00D7197C"/>
@@ -4748,63 +4623,67 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003538E1"/>
     <w:rsid w:val="003538E1"/>
     <w:rsid w:val="00455078"/>
     <w:rsid w:val="004F251B"/>
     <w:rsid w:val="005435AF"/>
+    <w:rsid w:val="00655E64"/>
     <w:rsid w:val="00780979"/>
+    <w:rsid w:val="007A358C"/>
     <w:rsid w:val="00905DE1"/>
     <w:rsid w:val="009578B0"/>
     <w:rsid w:val="00A30230"/>
     <w:rsid w:val="00A35F01"/>
     <w:rsid w:val="00B25DD5"/>
     <w:rsid w:val="00B539D7"/>
     <w:rsid w:val="00BA0EA4"/>
     <w:rsid w:val="00BF1518"/>
     <w:rsid w:val="00BF348B"/>
+    <w:rsid w:val="00C53086"/>
     <w:rsid w:val="00D35144"/>
     <w:rsid w:val="00E03EA0"/>
     <w:rsid w:val="00EC1B27"/>
+    <w:rsid w:val="00F96985"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -5555,71 +5434,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100254705E167BCAF4C851C190FF0D684C3" ma:contentTypeVersion="27" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="f7aec985b09cbf54f5fdf450f2acdb9a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="31db800d-f085-4ce3-a9c0-1a5f98dd24c0" xmlns:ns3="1736a918-e5f9-480c-a9c2-9d04a3867d50" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9506d0149b341b2b2100e682b0ba3337" ns2:_="" ns3:_="">
     <xsd:import namespace="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
     <xsd:import namespace="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:descri_x00e7_ao" minOccurs="0"/>
@@ -5838,130 +5705,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="1736a918-e5f9-480c-a9c2-9d04a3867d50" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="31db800d-f085-4ce3-a9c0-1a5f98dd24c0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <descri_x00e7_ao xmlns="31db800d-f085-4ce3-a9c0-1a5f98dd24c0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18B40EC5-007A-46C5-87DA-680A61F822CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6C038CE-9255-469B-A79C-FF80C5291CD0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
     <ds:schemaRef ds:uri="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E65E28D-935F-2A47-A638-D788D2F6709D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7950BF9-72FD-47F1-92B3-158C77FB6E05}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
+    <ds:schemaRef ds:uri="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>914</Words>
-  <Characters>5542</Characters>
+  <Words>1008</Words>
+  <Characters>5448</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>167</Lines>
-  <Paragraphs>79</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6377</CharactersWithSpaces>
+  <CharactersWithSpaces>6444</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100254705E167BCAF4C851C190FF0D684C3</vt:lpwstr>