--- v0 (2025-12-05)
+++ v1 (2026-01-09)
@@ -83,68 +83,74 @@
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00C027C6">
             <w:t>Título aqui...</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="005D02B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE56A6" w:rsidRPr="001E363C">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00025199" w:rsidRPr="00025199">
         <w:t xml:space="preserve"> Com subtítulo. Em até 2 linhas.</w:t>
       </w:r>
       <w:r w:rsidR="003150E2">
         <w:t>(Estilo: Título Português)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AC3AD04" w14:textId="3DD32B05" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00175B23" w:rsidP="006F1B6C">
+    <w:p w14:paraId="7AC3AD04" w14:textId="22449AC4" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00175B23" w:rsidP="006F1B6C">
       <w:pPr>
         <w:pStyle w:val="TtuloEstrangeiro"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Título: </w:t>
       </w:r>
       <w:r w:rsidRPr="00175B23">
         <w:t>Com subtítulo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> em língua inglesa</w:t>
       </w:r>
       <w:r w:rsidRPr="00175B23">
         <w:t xml:space="preserve">. Em até 2 linhas. </w:t>
       </w:r>
       <w:r w:rsidR="005E4549">
-        <w:t>(Estilo: Título Estranheiro)</w:t>
+        <w:t>(Estilo: Título Estran</w:t>
+      </w:r>
+      <w:r w:rsidR="003F26DD">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4549">
+        <w:t>eiro)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E22451E" w14:textId="40CF1FB1" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00913D6A" w:rsidP="000F55E7">
       <w:pPr>
         <w:pStyle w:val="TtuloEstrangeiro"/>
       </w:pPr>
       <w:r w:rsidRPr="00913D6A">
         <w:t xml:space="preserve">Título: Com subtítulo em língua </w:t>
       </w:r>
       <w:r w:rsidR="00980DD3">
         <w:t xml:space="preserve">francesa, </w:t>
       </w:r>
       <w:r>
         <w:t>espanhola</w:t>
       </w:r>
       <w:r w:rsidR="00980DD3">
         <w:t xml:space="preserve"> ou italiana</w:t>
       </w:r>
       <w:r w:rsidRPr="00913D6A">
         <w:t>. Em até 2 linhas.</w:t>
       </w:r>
       <w:r w:rsidR="000F55E7" w:rsidRPr="00175B23">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F55E7">
@@ -1762,152 +1768,152 @@
       <w:pPr>
         <w:pStyle w:val="Referencia"/>
       </w:pPr>
       <w:r>
         <w:t>Acompanhar minibiografia do/a autor/a do livro resenhado e imagem da capa do mesmo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C05E3A4" w14:textId="77777777" w:rsidR="006719D5" w:rsidRDefault="006719D5" w:rsidP="008B1387">
       <w:pPr>
         <w:pStyle w:val="TpicoNvel2"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006719D5" w:rsidSect="009211E6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="3109" w:right="4251" w:bottom="1696" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6155C9B6" w14:textId="77777777" w:rsidR="007A4434" w:rsidRDefault="007A4434" w:rsidP="00063D15">
+    <w:p w14:paraId="07AF234A" w14:textId="77777777" w:rsidR="00AD68AF" w:rsidRDefault="00AD68AF" w:rsidP="00063D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A09CF8B" w14:textId="77777777" w:rsidR="007A4434" w:rsidRDefault="007A4434" w:rsidP="00063D15">
+    <w:p w14:paraId="6B488CC9" w14:textId="77777777" w:rsidR="00AD68AF" w:rsidRDefault="00AD68AF" w:rsidP="00063D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{01DA4F7F-DF45-4271-A4D5-3ECA7D730F57}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId4" w:fontKey="{BACF792C-B6C9-4E6D-A75D-08F0D43E5F23}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{FD7347BE-BBB2-4B93-8352-044D61F1F8E5}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{62002C4D-BA34-4D34-9CC2-A2F03A17E256}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{736840B3-6659-480D-9E40-EE68215C111C}"/>
+    <w:embedBoldItalic r:id="rId4" w:fontKey="{D410ED04-610D-4137-8AE9-88FB5DCA7C37}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{6910E386-5DE4-4B1A-AD4E-97C993121E82}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{FF6B4D24-5171-4680-B0E1-DE21ED4CF83C}"/>
   </w:font>
   <w:font w:name="Lato">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{65ACDF45-4A04-4C5A-B4A7-E188B50CBD13}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId9" w:fontKey="{87931409-548F-4BC4-ABCB-ACEE1CEE9124}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{B8F55BF1-2EC4-4F3C-88FE-47C75EA52574}"/>
+    <w:embedBold r:id="rId7" w:fontKey="{73DFC1CC-B021-4714-B443-5E33F1DE833C}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{97048C57-B93A-4565-8E85-A62CC7B439EB}"/>
+    <w:embedBoldItalic r:id="rId9" w:fontKey="{AD762AF0-F29B-4740-916B-521C3EC3A48C}"/>
   </w:font>
   <w:font w:name="Times New Roman (Corpo CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Lato Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId10" w:fontKey="{E0D28650-91B2-44F0-A0C0-113BCAA6CAD7}"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{840F1FB5-AC6A-4B04-8D0D-8E04D8A5DB98}"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId11" w:fontKey="{601C97CC-9A4B-407D-A10D-3EEBC494C5FF}"/>
-    <w:embedBold r:id="rId12" w:fontKey="{0CEEA197-1E50-432E-B70F-902DF6865B84}"/>
+    <w:embedRegular r:id="rId11" w:fontKey="{4BAA0EC2-0157-4C80-BAE3-466E1EB05192}"/>
+    <w:embedBold r:id="rId12" w:fontKey="{5A07930E-EBCD-4F33-81CE-AF9C87AF2AC8}"/>
   </w:font>
   <w:font w:name="Lato SemiBold">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId13" w:fontKey="{6D5A0D20-D668-43A3-AD30-39874EF141BA}"/>
-    <w:embedItalic r:id="rId14" w:fontKey="{48ED0E20-30B7-4494-9E9B-87889AA75D6C}"/>
+    <w:embedRegular r:id="rId13" w:fontKey="{B8407324-1EBC-45F8-88F6-FD5097A76FFB}"/>
+    <w:embedItalic r:id="rId14" w:fontKey="{9D13FCC6-3450-4CDE-B8AB-063BB977FD4C}"/>
   </w:font>
   <w:font w:name="Lato Bold">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId15" w:fontKey="{989CA808-C4BE-4317-83C1-B34EFB7CF146}"/>
+    <w:embedRegular r:id="rId15" w:fontKey="{5E655B96-80A2-4165-98E4-D6AAC79BF11D}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:id w:val="-878160372"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="2AC6A947" w14:textId="434F3CD0" w:rsidR="00E666A8" w:rsidRDefault="00E666A8" w:rsidP="00BF5ABE">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
           </w:rPr>
@@ -2031,61 +2037,61 @@
         </w:r>
         <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="006565F8">
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="361DE90E" w14:textId="77777777" w:rsidR="00440A7D" w:rsidRDefault="00440A7D" w:rsidP="00440A7D">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="314BF441" w14:textId="77777777" w:rsidR="007A4434" w:rsidRDefault="007A4434" w:rsidP="00063D15">
+    <w:p w14:paraId="45744E84" w14:textId="77777777" w:rsidR="00AD68AF" w:rsidRDefault="00AD68AF" w:rsidP="00063D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FE589ED" w14:textId="77777777" w:rsidR="007A4434" w:rsidRDefault="007A4434" w:rsidP="00063D15">
+    <w:p w14:paraId="664E92DB" w14:textId="77777777" w:rsidR="00AD68AF" w:rsidRDefault="00AD68AF" w:rsidP="00063D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="1743010C" w14:textId="77777777" w:rsidR="00C94B7C" w:rsidRPr="005B3A3E" w:rsidRDefault="00C94B7C" w:rsidP="00C94B7C">
       <w:pPr>
         <w:pStyle w:val="Notarodape"/>
       </w:pPr>
       <w:r w:rsidRPr="005B3A3E">
         <w:rPr>
           <w:rStyle w:val="NotanumeroChar"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005B3A3E">
         <w:rPr>
           <w:rStyle w:val="NotanumeroChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2661,76 +2667,78 @@
     <w:rsid w:val="002D772C"/>
     <w:rsid w:val="002E21D4"/>
     <w:rsid w:val="002F5732"/>
     <w:rsid w:val="003068FC"/>
     <w:rsid w:val="003136B2"/>
     <w:rsid w:val="003150E2"/>
     <w:rsid w:val="00321366"/>
     <w:rsid w:val="00333ED2"/>
     <w:rsid w:val="00335AC9"/>
     <w:rsid w:val="003413BF"/>
     <w:rsid w:val="00342E33"/>
     <w:rsid w:val="00346796"/>
     <w:rsid w:val="003500BC"/>
     <w:rsid w:val="003604CC"/>
     <w:rsid w:val="00372127"/>
     <w:rsid w:val="00377E8E"/>
     <w:rsid w:val="00391854"/>
     <w:rsid w:val="00395714"/>
     <w:rsid w:val="00397B6F"/>
     <w:rsid w:val="003A1C90"/>
     <w:rsid w:val="003A510C"/>
     <w:rsid w:val="003C3611"/>
     <w:rsid w:val="003C7DB0"/>
     <w:rsid w:val="003E4718"/>
     <w:rsid w:val="003F0617"/>
+    <w:rsid w:val="003F26DD"/>
     <w:rsid w:val="003F34DA"/>
     <w:rsid w:val="00427DE8"/>
     <w:rsid w:val="004323A1"/>
     <w:rsid w:val="004345C9"/>
     <w:rsid w:val="00440A7D"/>
     <w:rsid w:val="00452849"/>
     <w:rsid w:val="00453E07"/>
     <w:rsid w:val="00455078"/>
     <w:rsid w:val="0046643E"/>
     <w:rsid w:val="00482AED"/>
     <w:rsid w:val="004A136E"/>
     <w:rsid w:val="004A31FA"/>
     <w:rsid w:val="004A765F"/>
     <w:rsid w:val="004D0C9D"/>
     <w:rsid w:val="004D136E"/>
     <w:rsid w:val="004D1C50"/>
     <w:rsid w:val="004D2593"/>
     <w:rsid w:val="004D2BC3"/>
     <w:rsid w:val="004D4205"/>
     <w:rsid w:val="004F1A8E"/>
     <w:rsid w:val="004F5055"/>
     <w:rsid w:val="0050022C"/>
     <w:rsid w:val="00514DBA"/>
     <w:rsid w:val="00515AC9"/>
     <w:rsid w:val="00515E76"/>
     <w:rsid w:val="00523B23"/>
+    <w:rsid w:val="005326B3"/>
     <w:rsid w:val="0053419A"/>
     <w:rsid w:val="00542DD4"/>
     <w:rsid w:val="005518F4"/>
     <w:rsid w:val="005527DD"/>
     <w:rsid w:val="005528AB"/>
     <w:rsid w:val="0056768D"/>
     <w:rsid w:val="00570E86"/>
     <w:rsid w:val="0057303A"/>
     <w:rsid w:val="00573F18"/>
     <w:rsid w:val="0058111F"/>
     <w:rsid w:val="005853C9"/>
     <w:rsid w:val="005B0FAB"/>
     <w:rsid w:val="005B3A3E"/>
     <w:rsid w:val="005B4132"/>
     <w:rsid w:val="005D02B5"/>
     <w:rsid w:val="005D32C1"/>
     <w:rsid w:val="005E22FD"/>
     <w:rsid w:val="005E4549"/>
     <w:rsid w:val="005F4161"/>
     <w:rsid w:val="006055D7"/>
     <w:rsid w:val="00607CD1"/>
     <w:rsid w:val="006108D1"/>
     <w:rsid w:val="00616D8E"/>
     <w:rsid w:val="006337E4"/>
     <w:rsid w:val="006360B3"/>
@@ -2808,50 +2816,51 @@
     <w:rsid w:val="009D340B"/>
     <w:rsid w:val="009D4AD0"/>
     <w:rsid w:val="009E0C5F"/>
     <w:rsid w:val="009E4FDC"/>
     <w:rsid w:val="009F2BFF"/>
     <w:rsid w:val="009F4483"/>
     <w:rsid w:val="00A02692"/>
     <w:rsid w:val="00A031FC"/>
     <w:rsid w:val="00A05FC9"/>
     <w:rsid w:val="00A1650B"/>
     <w:rsid w:val="00A30230"/>
     <w:rsid w:val="00A35E87"/>
     <w:rsid w:val="00A370AD"/>
     <w:rsid w:val="00A4418A"/>
     <w:rsid w:val="00A50777"/>
     <w:rsid w:val="00A7798B"/>
     <w:rsid w:val="00A801BD"/>
     <w:rsid w:val="00A8358D"/>
     <w:rsid w:val="00A90B42"/>
     <w:rsid w:val="00AA1C03"/>
     <w:rsid w:val="00AA3EF5"/>
     <w:rsid w:val="00AA4763"/>
     <w:rsid w:val="00AD2429"/>
     <w:rsid w:val="00AD3D45"/>
     <w:rsid w:val="00AD65A0"/>
+    <w:rsid w:val="00AD68AF"/>
     <w:rsid w:val="00AD7619"/>
     <w:rsid w:val="00AE29EB"/>
     <w:rsid w:val="00AF6AAF"/>
     <w:rsid w:val="00B21C02"/>
     <w:rsid w:val="00B539D7"/>
     <w:rsid w:val="00B6206A"/>
     <w:rsid w:val="00B661C6"/>
     <w:rsid w:val="00B71FAF"/>
     <w:rsid w:val="00B948D9"/>
     <w:rsid w:val="00B968DD"/>
     <w:rsid w:val="00BA0EA4"/>
     <w:rsid w:val="00BE7FF5"/>
     <w:rsid w:val="00BF4FCF"/>
     <w:rsid w:val="00C00647"/>
     <w:rsid w:val="00C027C6"/>
     <w:rsid w:val="00C05637"/>
     <w:rsid w:val="00C214DC"/>
     <w:rsid w:val="00C216C2"/>
     <w:rsid w:val="00C26A65"/>
     <w:rsid w:val="00C3284C"/>
     <w:rsid w:val="00C3399A"/>
     <w:rsid w:val="00C42C94"/>
     <w:rsid w:val="00C5131D"/>
     <w:rsid w:val="00C54D4E"/>
     <w:rsid w:val="00C5790A"/>
@@ -5015,62 +5024,64 @@
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003538E1"/>
     <w:rsid w:val="003538E1"/>
     <w:rsid w:val="00455078"/>
     <w:rsid w:val="0046643E"/>
+    <w:rsid w:val="005326B3"/>
     <w:rsid w:val="005435AF"/>
     <w:rsid w:val="00587B80"/>
     <w:rsid w:val="00780979"/>
     <w:rsid w:val="007E3D98"/>
     <w:rsid w:val="009578B0"/>
     <w:rsid w:val="009E4FDC"/>
     <w:rsid w:val="00A30230"/>
     <w:rsid w:val="00B25DD5"/>
     <w:rsid w:val="00B539D7"/>
     <w:rsid w:val="00BA0EA4"/>
     <w:rsid w:val="00BF1518"/>
     <w:rsid w:val="00BF348B"/>
+    <w:rsid w:val="00DA36D7"/>
     <w:rsid w:val="00EC1B27"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -5830,50 +5841,75 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="1736a918-e5f9-480c-a9c2-9d04a3867d50" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="31db800d-f085-4ce3-a9c0-1a5f98dd24c0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <descri_x00e7_ao xmlns="31db800d-f085-4ce3-a9c0-1a5f98dd24c0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100254705E167BCAF4C851C190FF0D684C3" ma:contentTypeVersion="27" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="f7aec985b09cbf54f5fdf450f2acdb9a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="31db800d-f085-4ce3-a9c0-1a5f98dd24c0" xmlns:ns3="1736a918-e5f9-480c-a9c2-9d04a3867d50" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9506d0149b341b2b2100e682b0ba3337" ns2:_="" ns3:_="">
     <xsd:import namespace="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
     <xsd:import namespace="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:descri_x00e7_ao" minOccurs="0"/>
@@ -6092,151 +6128,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E65E28D-935F-2A47-A638-D788D2F6709D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7950BF9-72FD-47F1-92B3-158C77FB6E05}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
+    <ds:schemaRef ds:uri="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18B40EC5-007A-46C5-87DA-680A61F822CC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6C038CE-9255-469B-A79C-FF80C5291CD0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
     <ds:schemaRef ds:uri="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>893</Words>
-  <Characters>5014</Characters>
+  <Words>922</Words>
+  <Characters>4985</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>156</Lines>
-  <Paragraphs>95</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5812</CharactersWithSpaces>
+  <CharactersWithSpaces>5896</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100254705E167BCAF4C851C190FF0D684C3</vt:lpwstr>