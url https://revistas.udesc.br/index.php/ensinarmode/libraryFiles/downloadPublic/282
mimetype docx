--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -1,8890 +1,11613 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="028E608B" w14:textId="2B73E30C" w:rsidR="005F287B" w:rsidRDefault="00FD3DC1">
+    <w:bookmarkStart w:id="0" w:name="nomeSecBook" w:displacedByCustomXml="next"/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="nomeSecao"/>
+        <w:tag w:val="sec"/>
+        <w:id w:val="1400710860"/>
+        <w:lock w:val="sdtLocked"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w14:paraId="22DC1CB4" w14:textId="267E5848" w:rsidR="00E15943" w:rsidRPr="00092334" w:rsidRDefault="00A22A8B" w:rsidP="00F456FA">
+          <w:pPr>
+            <w:pStyle w:val="Capasecao"/>
+            <w:framePr w:wrap="around"/>
+          </w:pPr>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:t>Se</w:t>
+          </w:r>
+          <w:r w:rsidR="001809B1">
+            <w:t>ction</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:bookmarkStart w:id="1" w:name="titArtigoBook"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="0722B08C" w14:textId="5154467E" w:rsidR="00EE56A6" w:rsidRPr="001E363C" w:rsidRDefault="00000000" w:rsidP="006F1B6C">
       <w:pPr>
-        <w:pStyle w:val="Ttulo"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="TtuloFrancs"/>
       </w:pPr>
-      <w:r w:rsidRPr="005F287B">
-[...255 lines deleted...]
-        </mc:AlternateContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:alias w:val="TituloArtigo"/>
+          <w:tag w:val="titArt"/>
+          <w:id w:val="1287774770"/>
+          <w:lock w:val="sdtLocked"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001809B1" w:rsidRPr="001809B1">
+            <w:rPr>
+              <w:kern w:val="0"/>
+              <w14:ligatures w14:val="none"/>
+            </w:rPr>
+            <w:t>Titre ici…</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="005D02B5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE56A6" w:rsidRPr="001E363C">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00025199" w:rsidRPr="00025199">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001809B1" w:rsidRPr="001809B1">
+        <w:t xml:space="preserve">Avec sous-titre. En jusqu’à 2 lignes. </w:t>
+      </w:r>
+      <w:r w:rsidR="003150E2">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001809B1">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:r w:rsidR="003150E2">
+        <w:t xml:space="preserve">: Título </w:t>
+      </w:r>
+      <w:r w:rsidR="001E1ECA">
+        <w:t>Francês</w:t>
+      </w:r>
+      <w:r w:rsidR="003150E2">
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D47116" w14:textId="4E54BF68" w:rsidR="009538F1" w:rsidRDefault="009538F1" w:rsidP="009538F1">
+    <w:p w14:paraId="7AC3AD04" w14:textId="54043B41" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="001809B1" w:rsidP="006F1B6C">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="TtuloEstrangeiro"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk198882948"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t xml:space="preserve">Titre : Avec sous-titre en langue </w:t>
+      </w:r>
+      <w:r w:rsidR="001E1ECA">
+        <w:t>portugais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001809B1">
+        <w:t xml:space="preserve">. Maximum de 2 lignes. </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4549">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4549">
+        <w:t>: Título Estran</w:t>
+      </w:r>
+      <w:r w:rsidR="00961C33">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4549">
+        <w:t>eiro)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="56273E55" w14:textId="77777777" w:rsidR="009538F1" w:rsidRDefault="009538F1" w:rsidP="009538F1">
+    <w:p w14:paraId="6E22451E" w14:textId="69873756" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="001809B1" w:rsidP="000F55E7">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="TtuloEstrangeiro"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk198883214"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t xml:space="preserve">Titre : Avec sous-titre en langue </w:t>
+      </w:r>
+      <w:r w:rsidR="001E1ECA" w:rsidRPr="001809B1">
+        <w:t>anglaise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001809B1">
+        <w:t>. En jusqu’à 2 lignes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F55E7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:r w:rsidR="000F55E7">
+        <w:t>: Título Estran</w:t>
+      </w:r>
+      <w:r w:rsidR="00460383">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="000F55E7">
+        <w:t>eiro)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="238C1FA2" w14:textId="1DE4F984" w:rsidR="009538F1" w:rsidRDefault="009538F1" w:rsidP="009538F1">
+    <w:p w14:paraId="75C34B77" w14:textId="7B94277E" w:rsidR="00063D15" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="006F1B6C">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="DOI"/>
       </w:pPr>
-      <w:r w:rsidRPr="009538F1">
-[...135 lines deleted...]
-        </mc:AlternateContent>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">DOI: </w:t>
+      </w:r>
+      <w:r w:rsidR="002E21D4">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>0.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E21D4">
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E21D4">
+        <w:t>00000000000000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="002E21D4">
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="002C3166">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="001809B1">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:r w:rsidR="002C3166">
+        <w:t>: DOI)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066C8F33" w14:textId="57492A04" w:rsidR="009538F1" w:rsidRPr="009538F1" w:rsidRDefault="009538F1" w:rsidP="009538F1">
+    <w:p w14:paraId="5C86B72C" w14:textId="77777777" w:rsidR="00EE56A6" w:rsidRDefault="00EE56A6" w:rsidP="00EE56A6">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00EE56A6" w:rsidSect="00875C18">
+          <w:headerReference w:type="even" r:id="rId10"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="4395" w:right="567" w:bottom="1418" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="44694702" w14:textId="77777777" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="25407DF1" w14:textId="77777777" w:rsidR="00063D15" w:rsidRPr="00EE56A6" w:rsidRDefault="00063D15" w:rsidP="006F1B6C">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E09F6DD" w14:textId="2FFEA0D6" w:rsidR="009538F1" w:rsidRDefault="009538F1">
+    <w:bookmarkStart w:id="2" w:name="aut1Book"/>
+    <w:p w14:paraId="236733B3" w14:textId="2EA5EA20" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00000000" w:rsidP="006F1B6C">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Autornome"/>
       </w:pPr>
-      <w:r w:rsidRPr="009538F1">
-[...152 lines deleted...]
-        </mc:AlternateContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="autor1"/>
+          <w:tag w:val="aut1"/>
+          <w:id w:val="1561054506"/>
+          <w:lock w:val="sdtLocked"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="001809B1">
+            <w:t>Nom</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="001809B1">
+            <w:t xml:space="preserve"> de </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="001809B1">
+            <w:t>l’auteur</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="001809B1">
+            <w:t xml:space="preserve"> 1 (</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="00D36E01">
+            <w:t>Style</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="001809B1">
+            <w:t>: Autor nome)</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00F84653">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F269073" w14:textId="132BAED8" w:rsidR="005F287B" w:rsidRDefault="005F287B">
+    <w:p w14:paraId="4937154C" w14:textId="1253A9CD" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="001809B1" w:rsidP="006F1B6C">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t>Institution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t xml:space="preserve"> d’origine de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t>l’auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF21CC">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00115AB1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0C5F">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009E0C5F">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94111">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00607CD1">
+        <w:t>utor</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94111">
+        <w:t xml:space="preserve"> dados</w:t>
+      </w:r>
+      <w:r w:rsidR="00607CD1">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6138D215" w14:textId="45495957" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>Lattes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="008E46C3">
+        <w:t>0000000000000000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve"> 0000-000</w:t>
+      </w:r>
+      <w:r w:rsidR="008E46C3">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008E46C3">
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008E46C3">
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE068C9" w14:textId="5074369F" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E46C3">
+        <w:t>nom@mail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B20DC35" w14:textId="77777777" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="025E3ECF" w14:textId="6B8105B8" w:rsidR="005F287B" w:rsidRDefault="005F287B">
+    <w:bookmarkStart w:id="3" w:name="aut2Book"/>
+    <w:p w14:paraId="46ACBA64" w14:textId="6FFCFA66" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00000000" w:rsidP="006F1B6C">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Autornome"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:alias w:val="autor2"/>
+          <w:tag w:val="aut2"/>
+          <w:id w:val="-1347323924"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="001809B1" w:rsidRPr="001809B1">
+            <w:rPr>
+              <w:kern w:val="0"/>
+              <w14:ligatures w14:val="none"/>
+            </w:rPr>
+            <w:t>Nom</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="001809B1" w:rsidRPr="001809B1">
+            <w:rPr>
+              <w:kern w:val="0"/>
+              <w14:ligatures w14:val="none"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> de </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="001809B1" w:rsidRPr="001809B1">
+            <w:rPr>
+              <w:kern w:val="0"/>
+              <w14:ligatures w14:val="none"/>
+            </w:rPr>
+            <w:t>l’auteur</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="001809B1" w:rsidRPr="001809B1">
+            <w:rPr>
+              <w:kern w:val="0"/>
+              <w14:ligatures w14:val="none"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="001809B1">
+            <w:rPr>
+              <w:kern w:val="0"/>
+              <w14:ligatures w14:val="none"/>
+            </w:rPr>
+            <w:t xml:space="preserve">2 </w:t>
+          </w:r>
+          <w:r w:rsidR="001809B1" w:rsidRPr="001809B1">
+            <w:rPr>
+              <w:kern w:val="0"/>
+              <w14:ligatures w14:val="none"/>
+            </w:rPr>
+            <w:t>(</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="00D36E01">
+            <w:rPr>
+              <w:kern w:val="0"/>
+              <w14:ligatures w14:val="none"/>
+            </w:rPr>
+            <w:t>Style</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="001809B1" w:rsidRPr="001809B1">
+            <w:rPr>
+              <w:kern w:val="0"/>
+              <w14:ligatures w14:val="none"/>
+            </w:rPr>
+            <w:t>: Autor nome)</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00F84653">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CE8E04" w14:textId="7A5E64F3" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="001809B1" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t>Institution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t xml:space="preserve"> d’origine de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t>l’auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF21CC">
+        <w:t>2. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D36E01">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FF21CC">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94111">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF21CC">
+        <w:t>utor</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94111">
+        <w:t xml:space="preserve"> dados</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF21CC">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2B077E" w14:textId="77777777" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>Lattes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>0000000000000000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve"> 0000-000</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79CB5705" w14:textId="15604DB4" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>nom@mail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4CCE1C" w14:textId="77777777" w:rsidR="00C5790A" w:rsidRDefault="00C5790A" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DCED1BE" w14:textId="46AB2D88" w:rsidR="005F287B" w:rsidRDefault="005F287B">
+    <w:bookmarkStart w:id="4" w:name="aut3Book"/>
+    <w:p w14:paraId="3F5E566C" w14:textId="4F53B491" w:rsidR="00F84653" w:rsidRPr="00092334" w:rsidRDefault="00000000" w:rsidP="006F1B6C">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Autornome"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="autor3"/>
+          <w:tag w:val="aut3"/>
+          <w:id w:val="-1568570363"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="001809B1">
+            <w:t>Nom</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="001809B1">
+            <w:t xml:space="preserve"> de </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="001809B1">
+            <w:t>l’auteur</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="001809B1">
+            <w:t xml:space="preserve"> 3</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="009E0C5F">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D36E01">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009E0C5F">
+        <w:t>: Autor</w:t>
+      </w:r>
+      <w:r w:rsidR="003604CC">
+        <w:t xml:space="preserve"> nome</w:t>
+      </w:r>
+      <w:r w:rsidR="009E0C5F">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81B17">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9D326E" w14:textId="5942FFDB" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="001809B1" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t>Institution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t xml:space="preserve"> d’origine de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t>l’auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001809B1">
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF21CC">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D36E01">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FF21CC">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94111">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF21CC">
+        <w:t>utor</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94111">
+        <w:t xml:space="preserve"> dados</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF21CC">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A4679A" w14:textId="77777777" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>Lattes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>0000000000000000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve"> 0000-000</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2736EC" w14:textId="2A91A0FF" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>nom@mail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CBD25C2" w14:textId="77777777" w:rsidR="00F84653" w:rsidRDefault="00F84653" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15D5E1C2" w14:textId="686CEFDD" w:rsidR="002A62F7" w:rsidRDefault="009538F1">
+    <w:p w14:paraId="27AA0678" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
       </w:pPr>
-      <w:r w:rsidRPr="005F287B">
-[...102 lines deleted...]
-        </mc:AlternateContent>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>Licenciante: Revista de Ensino</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494294A3" w14:textId="7F138C12" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="40C6F007" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>em Artes, Moda e Design, Florianópolis, Brasil.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF30C7E" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A4CFDCB" w14:textId="1222A577" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="49331058" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t xml:space="preserve">Este trabalho está licenciado sob uma licença </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>Creative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t xml:space="preserve"> Commons </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>Attribution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t xml:space="preserve"> 4.0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>International</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>License</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4706E040" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16B120A7" w14:textId="43A81C2E" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="6DD5E0BF" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>Publicado pela Universidade do Estado de Santa Catarina</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411BF600" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="243E5A38" w14:textId="6926ED96" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="00FA817D" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...3 lines deleted...]
-          <w:sz w:val="32"/>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>Copyright: © 2025 pelos autores.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6BB04D" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0717EEFD" w14:textId="3AAF64A8" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="0636A1B5" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...3 lines deleted...]
-          <w:sz w:val="32"/>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C380ED1" w14:textId="4A3A410D" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="36FBF652" w14:textId="77777777" w:rsidR="00105DCB" w:rsidRDefault="00105DCB" w:rsidP="00105DCB">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-          <w:sz w:val="32"/>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B75A604" w14:textId="2C0C903D" w:rsidR="002A62F7" w:rsidRDefault="009538F1">
+    <w:p w14:paraId="1B19D7A7" w14:textId="7A5767D0" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00105DCB">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Dadossubmisso"/>
+        <w:framePr w:wrap="around"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A94B4E">
-[...1668 lines deleted...]
-        </mc:AlternateContent>
+      <w:r w:rsidRPr="00092334">
+        <w:t>Submetido em: 0</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>/0</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F8A937E" w14:textId="2FCD0C60" w:rsidR="002A62F7" w:rsidRDefault="00766B94" w:rsidP="00FE4CF7">
+    <w:p w14:paraId="4972DB23" w14:textId="04FFE9E2" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00105DCB">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId9"/>
+        <w:pStyle w:val="Dadossubmisso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">Aprovado em: </w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="564DB3C4" w14:textId="0A893D88" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Dadossubmisso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00092334">
+        <w:t>Publicado em: 0</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>0/</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203D5CFD" w14:textId="77777777" w:rsidR="00063D15" w:rsidRDefault="00063D15"/>
+    <w:p w14:paraId="49378D53" w14:textId="3920165E" w:rsidR="00063D15" w:rsidRDefault="00063D15">
+      <w:pPr>
+        <w:sectPr w:rsidR="00063D15" w:rsidSect="00EE56A6">
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11910" w:h="16840"/>
-[...3 lines deleted...]
-          <w:docGrid w:linePitch="299"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="4990" w:right="4251" w:bottom="1418" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0334A473" w14:textId="1F86D80B" w:rsidR="00063D15" w:rsidRPr="009B2846" w:rsidRDefault="004323A1" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Resumofrttulo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B2846">
+        <w:lastRenderedPageBreak/>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36E01" w:rsidRPr="00D36E01">
+        <w:t>ésumé</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41C2B">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36E01">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:r w:rsidR="00214CA6">
+        <w:t>: Res</w:t>
+      </w:r>
+      <w:r w:rsidR="000B3DAC">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00214CA6">
+        <w:t xml:space="preserve">mo </w:t>
+      </w:r>
+      <w:r w:rsidR="00E858BC">
+        <w:t>fr</w:t>
+      </w:r>
+      <w:r w:rsidR="00214CA6">
+        <w:t xml:space="preserve"> título</w:t>
+      </w:r>
+      <w:r w:rsidR="00200A1A">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE7B5D5" w14:textId="2D05B73F" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="00D36E01" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Resumopttexto"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>Résumé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> de 150 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>cent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>cinquante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>) à 250 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>deux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>cent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>cinquante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>mots</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B3DAC">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000B3DAC">
+        <w:t xml:space="preserve">: Resumo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000B3DAC">
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000B3DAC">
+        <w:t xml:space="preserve"> texto)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A376267" w14:textId="63AF86BB" w:rsidR="004323A1" w:rsidRPr="00212600" w:rsidRDefault="00D36E01" w:rsidP="00212600">
+      <w:pPr>
+        <w:pStyle w:val="Resumopttexto"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Mots-clés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r w:rsidR="004323A1" w:rsidRPr="00212600">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve">de 3 à 5, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>séparés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>un</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> point. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A50777">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A50777">
+        <w:t xml:space="preserve">: Resumo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A50777">
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A50777">
+        <w:t xml:space="preserve"> texto)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD28F1B" w14:textId="02CA50A1" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="004323A1" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71C8D9D8" w14:textId="5B99850F" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="00C275D9" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Resumoestttulo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:r w:rsidR="00811D99">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00212600">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00212600">
+        <w:t xml:space="preserve">: Resumo </w:t>
+      </w:r>
+      <w:r w:rsidR="00D47C0C">
+        <w:t>est</w:t>
+      </w:r>
+      <w:r w:rsidR="00212600">
+        <w:t xml:space="preserve"> título)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415A27E8" w14:textId="47114D09" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="00D36E01" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Resumoesttexto"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>Résumé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C275D9" w:rsidRPr="00C275D9">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C275D9" w:rsidRPr="00C275D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C275D9" w:rsidRPr="00C275D9">
+        <w:t>portugais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C275D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>de 150 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>cent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>cinquante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>) à 250 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>deux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>cent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>cinquante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>mots</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D47C0C">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D47C0C">
+        <w:t>: Resumo est texto)</w:t>
+      </w:r>
+      <w:r w:rsidR="001577D6" w:rsidRPr="001577D6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="250346D7" w14:textId="67BA0418" w:rsidR="004323A1" w:rsidRPr="000F7CB1" w:rsidRDefault="00C275D9" w:rsidP="000F7CB1">
+      <w:pPr>
+        <w:pStyle w:val="Resumoesttexto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ResumoestlegendaChar"/>
+        </w:rPr>
+        <w:t>Palavras-chave</w:t>
+      </w:r>
+      <w:r w:rsidR="004323A1" w:rsidRPr="000F7CB1">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D36E01" w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve">de 3 à 5, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D36E01" w:rsidRPr="00D36E01">
+        <w:t>séparés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D36E01" w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D36E01" w:rsidRPr="00D36E01">
+        <w:t>un</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D36E01" w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> point. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D36E01">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D36E01">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D36E01">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A50777">
+        <w:t>Resumo est texto)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A50777" w:rsidRPr="001577D6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4638ED02" w14:textId="525E26AC" w:rsidR="00A90B42" w:rsidRDefault="00A90B42" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50EE5C21" w14:textId="4BEBA379" w:rsidR="008416A7" w:rsidRPr="009B2846" w:rsidRDefault="00C275D9" w:rsidP="000B2011">
+      <w:pPr>
+        <w:pStyle w:val="Resumoestttulo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B2846">
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F10F1C" w:rsidRPr="00F10F1C">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: Resumo est título)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="247E0C5E" w14:textId="0A6FC918" w:rsidR="000F7CB1" w:rsidRPr="009B2846" w:rsidRDefault="00D36E01" w:rsidP="000F7CB1">
+      <w:pPr>
+        <w:pStyle w:val="Resumoesttexto"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>Résumé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C275D9">
+        <w:t xml:space="preserve">em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C275D9">
+        <w:t>anglais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C275D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>de 150 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>cent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>cinquante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>) à 250 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>deux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>cent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>cinquante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>mots</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7CB1">
+        <w:t xml:space="preserve"> Resumo est texto)</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7CB1" w:rsidRPr="001577D6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B2225A" w14:textId="6455BAE7" w:rsidR="00C275D9" w:rsidRPr="000F7CB1" w:rsidRDefault="00C275D9" w:rsidP="00C275D9">
+      <w:pPr>
+        <w:pStyle w:val="Resumoesttexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000F7CB1">
+        <w:rPr>
+          <w:rStyle w:val="ResumoestlegendaChar"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F7CB1">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve">de 3 à 5, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>séparés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t>un</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D36E01">
+        <w:t xml:space="preserve"> point. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: Resumo est texto)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001577D6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12AD2A0C" w14:textId="07DCBD33" w:rsidR="000F7CB1" w:rsidRPr="000F7CB1" w:rsidRDefault="000F7CB1" w:rsidP="000F7CB1">
+      <w:pPr>
+        <w:pStyle w:val="Resumoesttexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1394DCFC" w14:textId="77777777" w:rsidR="008416A7" w:rsidRDefault="008416A7" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23346384" w14:textId="77777777" w:rsidR="001B2E2D" w:rsidRDefault="001B2E2D" w:rsidP="001B2E2D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07FB88D8" w14:textId="6241D1B0" w:rsidR="00616D8E" w:rsidRPr="00F0669D" w:rsidRDefault="00F0669D" w:rsidP="00966CCC">
+      <w:pPr>
+        <w:pStyle w:val="TopicoNvel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0669D">
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB4605" w:rsidRPr="00BB4605">
+        <w:t>Titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB4605" w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB4605" w:rsidRPr="00BB4605">
+        <w:t>niveau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB4605" w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB4605">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E43A25">
+        <w:t>: Tópico Nível 1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209EF3D9" w14:textId="60D10E18" w:rsidR="00706ED4" w:rsidRDefault="00BB4605" w:rsidP="006E6D3F">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+        <w:rPr>
+          <w:rStyle w:val="FiguratituloChar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve">Corps </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>texte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> : Corps </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>texte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve">). Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>texte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>peut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>contenir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>des</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> rubriques </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>subdivisées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>jusqu’à</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>niveaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> (par exemple : 1 ; 1.1 ; 1.1.1 ; et 1.1.1.1). Pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>formater</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>correctement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>police</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>espacements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> de tout </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>élément</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>texte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>sélectionnez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>passage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>souhaité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>cliquez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>sur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>nom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>correspondant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>dans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> zone </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>Styles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> menu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>Accueil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>voir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> Figure 1). </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5388C" w:rsidRPr="00D5388C">
+        <w:rPr>
+          <w:rStyle w:val="FiguratituloChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C75912F" w14:textId="5FB0AD6F" w:rsidR="00FB2FF5" w:rsidRDefault="00D5388C" w:rsidP="00B968DD">
+      <w:pPr>
+        <w:pStyle w:val="Figuratitulo"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251615744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="009EA022" wp14:editId="6DAE73AE">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54318BD3" wp14:editId="03183645">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-2729865</wp:posOffset>
+              <wp:posOffset>40005</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>2695575</wp:posOffset>
+              <wp:posOffset>321310</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="638175" cy="223520"/>
-[...4 lines deleted...]
-            </wp:docPr>
+            <wp:extent cx="4524375" cy="692150"/>
+            <wp:effectExtent l="133350" t="114300" r="123825" b="165100"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="425598643" name="Imagem 2" descr="Interface gráfica do usuário, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1007026169" name="Imagem 9" descr="Uma imagem com captura de ecrã, símbolo, círculo, design&#10;&#10;Os conteúdos gerados por IA poderão estar incorretos.">
-[...1 lines deleted...]
-                    </pic:cNvPr>
+                    <pic:cNvPr id="425598643" name="Imagem 2" descr="Interface gráfica do usuário, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="638175" cy="223520"/>
+                      <a:ext cx="4524375" cy="692150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF">
+                        <a:shade val="85000"/>
+                      </a:srgbClr>
+                    </a:solidFill>
+                    <a:ln w="88900" cap="sq">
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF"/>
+                      </a:solidFill>
+                      <a:miter lim="800000"/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:outerShdw blurRad="55000" dist="18000" dir="5400000" algn="tl" rotWithShape="0">
+                        <a:srgbClr val="000000">
+                          <a:alpha val="40000"/>
+                        </a:srgbClr>
+                      </a:outerShdw>
+                    </a:effectLst>
+                    <a:scene3d>
+                      <a:camera prst="orthographicFront"/>
+                      <a:lightRig rig="twoPt" dir="t">
+                        <a:rot lat="0" lon="0" rev="7200000"/>
+                      </a:lightRig>
+                    </a:scene3d>
+                    <a:sp3d>
+                      <a:bevelT w="25400" h="19050"/>
+                      <a:contourClr>
+                        <a:srgbClr val="FFFFFF"/>
+                      </a:contourClr>
+                    </a:sp3d>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
+            <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
-            <wp14:sizeRelV relativeFrom="margin">
+            <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00A94B4E">
-[...988 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00BB4605" w:rsidRPr="00BB4605">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB4605" w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve">Figure 1 : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB4605" w:rsidRPr="00BB4605">
+        <w:t>Panneau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB4605" w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB4605" w:rsidRPr="00BB4605">
+        <w:t>des</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB4605" w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB4605" w:rsidRPr="00BB4605">
+        <w:t>styles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB4605" w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> de MS Word </w:t>
+      </w:r>
+      <w:r w:rsidR="00B661C6">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB4605">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B661C6">
+        <w:t>: Figura título)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB0F973" w14:textId="3B81A527" w:rsidR="00452849" w:rsidRDefault="00BB4605" w:rsidP="00DE7CC9">
+      <w:pPr>
+        <w:pStyle w:val="Figurafonte"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>Source</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t>Auteurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve">, 2025 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F527BA">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:rPr>
-[...327 lines deleted...]
-        </mc:AlternateContent>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F527BA">
+        <w:t xml:space="preserve">: Figura </w:t>
+      </w:r>
+      <w:r w:rsidR="00B661C6">
+        <w:t>fonte</w:t>
+      </w:r>
+      <w:r w:rsidR="00F527BA">
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F0C17C1" w14:textId="55316A00" w:rsidR="004B0764" w:rsidRPr="004B0764" w:rsidRDefault="004B0764" w:rsidP="004B0764">
+    <w:p w14:paraId="22B9E775" w14:textId="4EEB32A5" w:rsidR="00452849" w:rsidRDefault="001C70B9" w:rsidP="00D30579">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:lastRenderedPageBreak/>
+        <w:t>Les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>images</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>ajoutées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>doivent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>avoir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> une </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>bonne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>taille</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>affichage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> et une </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>bonne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>qualité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>Elles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> ne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>doivent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>pas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>soumises</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>des</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>droits</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>ceux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>l’auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>texte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>soumis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>S’il</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>s’agit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> d’une </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>œuvre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>d’art</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>norme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> fiche </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>technique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>doit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>respectée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>année</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>technique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>collection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve">. Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> figure </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>doit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>figurer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>au-dessus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>l’image</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>source</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>dessous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C70B9">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2060F3BE" w14:textId="2649C8F1" w:rsidR="004D136E" w:rsidRDefault="00AE1992" w:rsidP="008B463E">
+      <w:pPr>
+        <w:pStyle w:val="Tabelatitulo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1992">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tableau 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> : Exemple de tableau [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>Source</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>Auteurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve">, 2025] </w:t>
+      </w:r>
+      <w:r w:rsidR="004D136E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D136E">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D32105">
+        <w:t>Tabela</w:t>
+      </w:r>
+      <w:r w:rsidR="004D136E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C70B9">
+        <w:t>título</w:t>
+      </w:r>
+      <w:r w:rsidR="004D136E">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="SimplesTabela2"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:left w:w="57" w:type="dxa"/>
+          <w:right w:w="57" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1179"/>
+        <w:gridCol w:w="1179"/>
+        <w:gridCol w:w="1180"/>
+        <w:gridCol w:w="1180"/>
+        <w:gridCol w:w="1180"/>
+        <w:gridCol w:w="1180"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0053419A" w:rsidRPr="00D32105" w14:paraId="5387BA43" w14:textId="77777777" w:rsidTr="00225BA5">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6082EC80" w14:textId="36C25EFD" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="00AE1992" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelalegenda"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Légende</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B7CEFB" w14:textId="26C7A555" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelalegenda"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE1992">
+              <w:t>é</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>gA</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8C3CEA" w14:textId="2CC8EEE3" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelalegenda"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE1992">
+              <w:t>é</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>gB</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E09ACA9" w14:textId="01641ED8" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelalegenda"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE1992">
+              <w:t>é</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>gC</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24318618" w14:textId="0C9EAA32" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelalegenda"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE1992">
+              <w:t>é</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>gD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF21120" w14:textId="560CC743" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelalegenda"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE1992">
+              <w:t>é</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>gE</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0053419A" w:rsidRPr="00D32105" w14:paraId="33BFFC02" w14:textId="77777777" w:rsidTr="00225BA5">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19017AAD" w14:textId="7CCA051C" w:rsidR="0053419A" w:rsidRPr="00A35E87" w:rsidRDefault="004D2593" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelaentrada"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A35E87">
+              <w:t>Aaa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68CC0C9F" w14:textId="4A6138D3" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="770D1E6E" w14:textId="0ECDC6D4" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5546AA" w14:textId="07517422" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B84C664" w14:textId="5AE0E9E8" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FBBD3FB" w14:textId="017A53E9" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0053419A" w:rsidRPr="00D32105" w14:paraId="3D29D2CF" w14:textId="77777777" w:rsidTr="00225BA5">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67339890" w14:textId="6D2BB7AF" w:rsidR="0053419A" w:rsidRPr="00A35E87" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Corpodotexto"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A35E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bbb</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4170C339" w14:textId="61529662" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DFE45AA" w14:textId="386009B0" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC34A13" w14:textId="576087D7" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64FD8109" w14:textId="2D483A51" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4C10B5" w14:textId="21BA962A" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B3BB8" w:rsidRPr="00D32105" w14:paraId="027A70E1" w14:textId="77777777" w:rsidTr="00225BA5">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D4030C" w14:textId="73F95D19" w:rsidR="006B3BB8" w:rsidRPr="00A35E87" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Corpodotexto"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ccc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1485CB37" w14:textId="771CD44C" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD1A703" w14:textId="09B5A159" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65011A78" w14:textId="27EB1F50" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76615B83" w14:textId="2DD70E5D" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10009C57" w14:textId="21171AA0" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="53EBFDBE" w14:textId="22DAF2ED" w:rsidR="00452849" w:rsidRDefault="00AE1992" w:rsidP="00DE7CC9">
+      <w:pPr>
+        <w:pStyle w:val="Tabelafonte"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>Source</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>Auteurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve">, 2025 </w:t>
+      </w:r>
+      <w:r w:rsidR="00452849">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00452849">
+        <w:t>: Tabela fonte)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52719454" w14:textId="0845F728" w:rsidR="006B3BB8" w:rsidRDefault="00AE1992" w:rsidP="006B3BB8">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>Les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> tableaux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>doivent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>saisis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve">, et non </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>insérés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>tant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>qu’images</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve">. Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> tableau </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>doit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>placé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>au-dessus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>celui-ci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>Titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> de tableau). À </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>l’intérieur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> tableau, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>légende</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>des</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>colonnes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>utilise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>Légende</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> de tableau ; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>légende</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>des</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>lignes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>utilise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>Entrée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> de tableau ; et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>contenu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>des</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>cellules</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>utilise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>Texte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> de tableau. La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>source</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>doit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>indiquée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>dessous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>comme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>dans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>modèle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE1992">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187547B0" w14:textId="1E1D72C2" w:rsidR="00616D8E" w:rsidRDefault="00DD5ACB" w:rsidP="00966CCC">
+      <w:pPr>
+        <w:pStyle w:val="TpicoNvel2"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...18 lines deleted...]
-        <w:t>é</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003136B2" w:rsidRPr="000B7771">
+        <w:t xml:space="preserve">.1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00994EAA" w:rsidRPr="00BB4605">
+        <w:t>Titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00994EAA" w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00994EAA" w:rsidRPr="00BB4605">
+        <w:t>niveau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00994EAA" w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003136B2" w:rsidRPr="000B7771">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00994EAA">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E43A25">
+        <w:t>: Tópico Nível 2)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1061D4EA" w14:textId="58FD9416" w:rsidR="002A62F7" w:rsidRPr="006C7BD7" w:rsidRDefault="00264769" w:rsidP="004B5444">
+    <w:p w14:paraId="525EF3E1" w14:textId="77777777" w:rsidR="00994EAA" w:rsidRDefault="00994EAA" w:rsidP="00966CCC">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
-[...5 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:pStyle w:val="TpicoNvel3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7BD7">
-[...2 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corps </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:spacing w:val="-9"/>
-[...8 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:spacing w:val="-4"/>
-[...8 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>texte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:spacing w:val="-4"/>
-[...8 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:spacing w:val="-4"/>
-[...8 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43A25">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Corpo do texto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:spacing w:val="-4"/>
-[...8 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:spacing w:val="-5"/>
-[...8 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:spacing w:val="-10"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>efficitur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A60ED6E" w14:textId="0C27150B" w:rsidR="000B7771" w:rsidRPr="005B4132" w:rsidRDefault="005B4132" w:rsidP="00966CCC">
+      <w:pPr>
+        <w:pStyle w:val="TpicoNvel3"/>
+      </w:pPr>
+      <w:r>
         <w:t>1</w:t>
       </w:r>
+      <w:r w:rsidR="000B7771" w:rsidRPr="005B4132">
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A801BD" w:rsidRPr="005B4132">
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7771" w:rsidRPr="005B4132">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00994EAA" w:rsidRPr="00BB4605">
+        <w:t>Titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00994EAA" w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00994EAA" w:rsidRPr="00BB4605">
+        <w:t>niveau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00994EAA" w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A801BD" w:rsidRPr="005B4132">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00994EAA">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E43A25">
+        <w:t>: Tópico Nível 3)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1431C44A" w14:textId="77777777" w:rsidR="002A62F7" w:rsidRPr="00E96CED" w:rsidRDefault="00264769" w:rsidP="004B5444">
+    <w:p w14:paraId="2136161F" w14:textId="77777777" w:rsidR="00994EAA" w:rsidRDefault="00994EAA" w:rsidP="00994EAA">
       <w:pPr>
-        <w:spacing w:after="160"/>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:pStyle w:val="TpicoNvel3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E96CED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corps </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>texte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43A25">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Corpo do texto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>efficitur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22074631" w14:textId="5718C1E5" w:rsidR="005B4132" w:rsidRPr="005B4132" w:rsidRDefault="005B4132" w:rsidP="00966CCC">
+      <w:pPr>
+        <w:pStyle w:val="TpicoNvel4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005B4132">
+        <w:t xml:space="preserve">1.1.1.1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00994EAA" w:rsidRPr="00BB4605">
+        <w:t>Titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00994EAA" w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00994EAA" w:rsidRPr="00BB4605">
+        <w:t>niveau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00994EAA" w:rsidRPr="00BB4605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B4132">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00994EAA">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E43A25">
+        <w:t>: Tópico Nível 4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32FB7203" w14:textId="77777777" w:rsidR="00994EAA" w:rsidRDefault="00994EAA" w:rsidP="00994EAA">
+      <w:pPr>
+        <w:pStyle w:val="TpicoNvel3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corps </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>texte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43A25">
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="-3"/>
-[...122 lines deleted...]
-        <w:t xml:space="preserve"> final.</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Corpo do texto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>efficitur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00994EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="544415F6" w14:textId="77777777" w:rsidR="002A62F7" w:rsidRPr="00E96CED" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="4494AD1C" w14:textId="02F33532" w:rsidR="00616D8E" w:rsidRPr="00570E86" w:rsidRDefault="0049369D" w:rsidP="00B968DD">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Citacaogrande"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>Citations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> de plus de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>trois</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>lignes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> : Citation </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>longue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>Cras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>efficitur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve">. Etiam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>pharetra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>odio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve">, ut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>interdum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> in. Nunc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>leo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> augue, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>sagittis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> non magna a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>elementum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>aliquet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>, 0000, p. 00).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B00BC4D" w14:textId="6D1AE1E6" w:rsidR="00570E86" w:rsidRDefault="0049369D" w:rsidP="00874ABF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:lastRenderedPageBreak/>
+        <w:t>Citations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>utilisant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>norme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> ABNT </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> plus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>récente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> (NBR 10520/23)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40778">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidR="00670E15">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669CB76A" w14:textId="638A228F" w:rsidR="00616D8E" w:rsidRPr="00616D8E" w:rsidRDefault="00670954" w:rsidP="00670954">
+      <w:pPr>
+        <w:pStyle w:val="TopicoNvel1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00616D8E" w:rsidRPr="00616D8E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0049369D" w:rsidRPr="0049369D">
+        <w:t>Conclusion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0049369D" w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0049369D" w:rsidRPr="0049369D">
+        <w:t>Considérations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0049369D" w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0049369D" w:rsidRPr="0049369D">
+        <w:t>finales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="25353F5E" w14:textId="28D5E69C" w:rsidR="00616D8E" w:rsidRDefault="0049369D" w:rsidP="00874ABF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk215733574"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve">À </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>fin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>texte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>l’article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>doivent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>figurer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>informations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>complètes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>professionnel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>ayant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>effectué</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>correction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>grammaticale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve">. La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>personne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>chargée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>correction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>doit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>titulaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>au</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>, d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>un</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>diplôme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> de premier </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>cycle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>dans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>domaine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> communication. Cette </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>exigence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> est </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>obligatoire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>doit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>présentée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>dans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>version</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>finale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>texte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>après</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>l’acceptation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>pour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>publication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>Les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>données</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>responsable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>correction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>doivent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>indiquées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>dans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>dernière</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> note de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>bas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>page</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk215733490"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AA3EF5">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="00616D8E" w:rsidRPr="00616D8E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714AFC08" w14:textId="5BE9DCFA" w:rsidR="00B951BE" w:rsidRDefault="0049369D" w:rsidP="00874ABF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+        <w:sectPr w:rsidR="00B951BE" w:rsidSect="009211E6">
+          <w:headerReference w:type="default" r:id="rId17"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="3109" w:right="4251" w:bottom="1696" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>L’article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>soumettre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>doit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>au</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>format</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> DOCX (Word) et ne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>doit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>pas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>comporter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>identification</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>l’auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>dans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>texte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>Là</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>où</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>nom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>l’auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>doit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>apparaître</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>dans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> première </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>version</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>il</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>doit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>remplacé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> par « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>Omissis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>pour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>évaluation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t>pairs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049369D">
+        <w:t xml:space="preserve"> ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E24B42E" w14:textId="1DA1564F" w:rsidR="00A31F8D" w:rsidRDefault="006C661D" w:rsidP="00770F5C">
+      <w:pPr>
+        <w:pStyle w:val="TpicoNvel2"/>
+        <w:spacing w:before="480" w:line="320" w:lineRule="exact"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:lastRenderedPageBreak/>
+        <w:t>Agence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>financement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>recherch</w:t>
+      </w:r>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2121264C" w14:textId="130D897A" w:rsidR="00A31F8D" w:rsidRDefault="006C661D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>En</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>cas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>financement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>recherche</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>ayant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>donné</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>lieu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>au</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>présent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> ou d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>octroi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> d’une </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>bourse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>cette</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>doit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>ajoutée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>fin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>avec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>noms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>des</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>agences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>informations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> pertinentes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC7066E" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="530B585B" w14:textId="77777777" w:rsidR="002A62F7" w:rsidRPr="00363FF2" w:rsidRDefault="00264769" w:rsidP="00046439">
+    <w:p w14:paraId="614E751D" w14:textId="4951AF79" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="006C661D" w:rsidP="00A31F8D">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="TpicoNvel2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00363FF2">
-[...4 lines deleted...]
-        <w:t>Abstract</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>Déclaration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>conflit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>intérêts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A31F8D" w:rsidRPr="00616D8E">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75497AAA" w14:textId="77777777" w:rsidR="002A62F7" w:rsidRPr="00E96CED" w:rsidRDefault="00264769" w:rsidP="004B5444">
+    <w:p w14:paraId="19EFBA7F" w14:textId="14B9C909" w:rsidR="00A31F8D" w:rsidRDefault="006C661D" w:rsidP="00A31F8D">
       <w:pPr>
-        <w:spacing w:after="160"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E96CED">
-[...47 lines deleted...]
-        <w:t>itálico</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>Les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>auteurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>déclarent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> n’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>avoir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>connaissance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>aucun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>conflit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>intérêts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>financier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>ni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>relation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>personnelle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>susceptible</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>avoir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>influencé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>travail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>présenté</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>dans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>cet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C661D">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF3C345" w14:textId="77777777" w:rsidR="002A62F7" w:rsidRPr="00E96CED" w:rsidRDefault="00264769" w:rsidP="004B5444">
+    <w:p w14:paraId="1CD24F43" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
       <w:pPr>
-        <w:spacing w:after="160"/>
-[...394 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49270442" w14:textId="77777777" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="4B378EDD" w14:textId="764D1F8B" w:rsidR="00A31F8D" w:rsidRPr="00A031FC" w:rsidRDefault="00B36392" w:rsidP="00A31F8D">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="TpicoNvel2"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>Déclaration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>contribution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>des</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>auteurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>collaborateurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31F8D" w:rsidRPr="00A031FC">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A31F8D" w:rsidRPr="00A031FC">
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A31F8D" w:rsidRPr="00A031FC">
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A31F8D" w:rsidRPr="00A031FC">
+        <w:t>Contributor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A31F8D" w:rsidRPr="00A031FC">
+        <w:t xml:space="preserve"> Roles </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A31F8D" w:rsidRPr="00A031FC">
+        <w:t>Taxonomy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A31F8D" w:rsidRPr="00A031FC">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D707FBD" w14:textId="47ABBED4" w:rsidR="00A31F8D" w:rsidRDefault="00B36392" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve">Ex. : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>Conception</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>travail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> : João da Silva ; João a eu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>l’idée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>initiale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>projet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> et a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>formulé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>l’hypothèse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>recherche</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36392">
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>Méthodologie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> : Maria Santos, Ana Oliveira ; Maria et Ana </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>ont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>conçu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>méthodologie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>réalisé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>tests</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>expérimentaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36392">
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>Validation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> : Pedro Lima ; Pedro a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>vérifié</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>données</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>expérimentales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>validé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>résultats</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>l’aide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>techniques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>statistiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE14C20" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78DB37A8" w14:textId="77777777" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="113258FF" w14:textId="3252BA71" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00B36392" w:rsidP="00A31F8D">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="TpicoNvel2"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>Matériel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>supplémentaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="538CDB4B" w14:textId="7AD1F61D" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00B36392" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>matériel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>supplémentaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>relatif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>cet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> est </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>disponible</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>ligne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC5AFF9" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CF32683" w14:textId="77777777" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="49ACF12B" w14:textId="77777777" w:rsidR="00B36392" w:rsidRDefault="00B36392" w:rsidP="00A31F8D">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Corpodotexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Remerciements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5F849A94" w14:textId="31BF77E8" w:rsidR="00A31F8D" w:rsidRDefault="00B36392" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+        <w:sectPr w:rsidR="00A31F8D" w:rsidSect="009211E6">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="3109" w:right="4251" w:bottom="1696" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>cas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>échéant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve">. Exemple : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>Je</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>remercie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> __________ de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>l’École</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> de design et d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>arts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>créatifs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>l’Université</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> de XXXXX </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>pour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>avoir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>soutenu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>fabrication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36392">
+        <w:t xml:space="preserve"> nouveau XXXXX.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E846542" w14:textId="7DCA3729" w:rsidR="00616D8E" w:rsidRPr="00616D8E" w:rsidRDefault="00027E58" w:rsidP="00482AED">
+      <w:pPr>
+        <w:pStyle w:val="TopicoNvel1"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:lastRenderedPageBreak/>
+        <w:t>Références</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="759B8F21" w14:textId="5D55F229" w:rsidR="00616D8E" w:rsidRPr="00616D8E" w:rsidRDefault="00027E58" w:rsidP="00874ABF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Ce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>sous-titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> ne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>reçoit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>pas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>numérotation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>références</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>bibliographiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>commencent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>page</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>suivante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>après</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>fin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>l’article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Suivre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>normes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> plus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>récentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>établies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>l’ABNT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>texte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>des</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>références</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>utilise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Référence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> ; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>termes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> mis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>évidence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>dans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>références</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>utilisent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Référence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> – Mise </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>évidence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> ; et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>termes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> latins </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>des</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>références</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>utilisent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Référence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Latin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61510A4D" w14:textId="08E394CE" w:rsidR="00063D15" w:rsidRDefault="00063D15" w:rsidP="00874ABF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67193A71" w14:textId="77777777" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="6E468D12" w14:textId="77777777" w:rsidR="00027E58" w:rsidRPr="00027E58" w:rsidRDefault="00027E58" w:rsidP="00027E58">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Referencia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">NOM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Prénom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> livre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>sous-titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> livre. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Édition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> (si </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>ce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> n’est </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>pas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> première). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Lieu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Éditeur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>année</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239ED723" w14:textId="77777777" w:rsidR="00027E58" w:rsidRPr="00027E58" w:rsidRDefault="00027E58" w:rsidP="00027E58">
+      <w:pPr>
+        <w:pStyle w:val="Referencia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">NOM1, Prénom1 ; NOM2, Prénom2 ; NOM3, Prénom3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> livre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Édition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Lieu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Éditeur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>année</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB02D43" w14:textId="77777777" w:rsidR="00027E58" w:rsidRPr="00027E58" w:rsidRDefault="00027E58" w:rsidP="00027E58">
+      <w:pPr>
+        <w:pStyle w:val="Referencia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">NOM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Prénom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> et al. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> livre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Édition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Lieu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Éditeur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>année</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C52B1F" w14:textId="77777777" w:rsidR="00027E58" w:rsidRPr="00027E58" w:rsidRDefault="00027E58" w:rsidP="00027E58">
+      <w:pPr>
+        <w:pStyle w:val="Referencia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">NOM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Prénom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:t>Titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:t>l’article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>revue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>, vol. [volume], no [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>numéro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>], p. [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>pages</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">], mois, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>année</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B141E8D" w14:textId="77777777" w:rsidR="00027E58" w:rsidRPr="00027E58" w:rsidRDefault="00027E58" w:rsidP="00027E58">
+      <w:pPr>
+        <w:pStyle w:val="Referencia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">NOM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Prénom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>l’article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>numérique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> site</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>lieu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>publication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">, date de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>publication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Disponible</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>sur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> : &lt;adresse </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>complète</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>lien</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">&gt;. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Consulté</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>jour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">, mois, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>année</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE4DC58" w14:textId="77777777" w:rsidR="00027E58" w:rsidRPr="00027E58" w:rsidRDefault="00027E58" w:rsidP="00027E58">
+      <w:pPr>
+        <w:pStyle w:val="Referencia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">NOM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Prénom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Titre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>travail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D1480E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>académique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. Année. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Nombre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>feuilles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> ou de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>pages</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Type</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>travail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>diplôme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>domaine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">) – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>Institution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>lieu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>année</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00027E58">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6B8D90" w14:textId="77777777" w:rsidR="00027E58" w:rsidRDefault="00027E58" w:rsidP="00E17C38">
+      <w:pPr>
+        <w:pStyle w:val="Referencia"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DE3EC7F" w14:textId="77777777" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="0EFACE21" w14:textId="77777777" w:rsidR="008B1387" w:rsidRDefault="008B1387" w:rsidP="00874ABF">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF4B01C" w14:textId="77777777" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
+    <w:p w14:paraId="2F888493" w14:textId="6EB7C8BA" w:rsidR="008B1387" w:rsidRPr="009B2846" w:rsidRDefault="008B1387" w:rsidP="00874ABF">
       <w:pPr>
-        <w:pStyle w:val="Corpodetexto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3514F232" w14:textId="77777777" w:rsidR="002A62F7" w:rsidRDefault="002A62F7">
-[...2232 lines deleted...]
-      <w:docGrid w:linePitch="299"/>
+    <w:sectPr w:rsidR="008B1387" w:rsidRPr="009B2846" w:rsidSect="009211E6">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="3109" w:right="4251" w:bottom="1696" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20C81A62" w14:textId="77777777" w:rsidR="00455426" w:rsidRDefault="00455426">
+    <w:p w14:paraId="1C551EA4" w14:textId="77777777" w:rsidR="006534B6" w:rsidRDefault="006534B6" w:rsidP="00063D15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6797FD2C" w14:textId="77777777" w:rsidR="00455426" w:rsidRDefault="00455426">
+    <w:p w14:paraId="7A490ACB" w14:textId="77777777" w:rsidR="006534B6" w:rsidRDefault="006534B6" w:rsidP="00063D15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{C40C520E-FED5-4872-870F-CA9DB97CCFB8}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{BFC5D96E-CDBA-4C2B-96E4-55CAFF90DE03}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{5F0252F6-ADB7-4535-AF66-3E0FADFE48F1}"/>
+    <w:embedBoldItalic r:id="rId4" w:fontKey="{79C15F21-1622-4B5D-910C-E41A19AE52EB}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{F0C2D28F-2F7F-4959-9C9B-5A462EDCC19C}"/>
   </w:font>
-  <w:font w:name="Arial MT">
-[...1 lines deleted...]
-    <w:charset w:val="01"/>
+  <w:font w:name="Lato">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{D72E0A33-9F46-4BDE-93F1-2483C52FDA1E}"/>
+    <w:embedBold r:id="rId7" w:fontKey="{0DC7E3F0-38D8-4111-88E1-2378076184FA}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{48419E63-4AA9-4A4E-8CD4-CCAE16A1928F}"/>
+    <w:embedBoldItalic r:id="rId9" w:fontKey="{493A1971-F0B1-4671-A629-9DA78F49E00A}"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Times New Roman (Corpo CS)">
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Lato Light">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{C1C7215F-04E1-433F-968E-4431657D05B3}"/>
+    <w:embedBold r:id="rId11" w:fontKey="{024A5D6E-B8CD-4435-96D2-0B7145716C5A}"/>
+  </w:font>
+  <w:font w:name="Open Sans">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId12" w:fontKey="{61342FCB-C776-4EC1-8E78-1507F5BAFA3A}"/>
+    <w:embedBold r:id="rId13" w:fontKey="{31167579-DDBA-4B72-86F8-8D53B4A219AC}"/>
+  </w:font>
+  <w:font w:name="Lato SemiBold">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId14" w:fontKey="{93DB4CB6-1466-4AFC-B145-6FE84FBE8B57}"/>
+    <w:embedBold r:id="rId15" w:fontKey="{FA9A04EF-C35D-47EF-9296-AE8EB5067D69}"/>
+    <w:embedItalic r:id="rId16" w:fontKey="{F0F8A9FD-9962-403D-A948-0EC24F3B4019}"/>
+    <w:embedBoldItalic r:id="rId17" w:fontKey="{079F78D7-3D64-41C1-9A0E-1D040EE11BAB}"/>
+  </w:font>
+  <w:font w:name="Lato Bold">
+    <w:altName w:val="Segoe UI"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId18" w:fontKey="{EBED09CF-DC68-4BD7-88CC-D3FE2D8F09F7}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1190184206"/>
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+      </w:rPr>
+      <w:id w:val="-878160372"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="2AC6A947" w14:textId="434F3CD0" w:rsidR="00E666A8" w:rsidRDefault="00E666A8" w:rsidP="00BF5ABE">
+        <w:pPr>
+          <w:pStyle w:val="Rodap"/>
+          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="24A00AAF" w14:textId="77777777" w:rsidR="00E666A8" w:rsidRDefault="00E666A8" w:rsidP="00E666A8">
+    <w:pPr>
+      <w:pStyle w:val="Rodap"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+      </w:rPr>
+      <w:id w:val="-11375098"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="7D78EA0A" w14:textId="1C7758C7" w:rsidR="00E666A8" w:rsidRPr="003500BC" w:rsidRDefault="00E666A8" w:rsidP="0025412E">
+        <w:pPr>
+          <w:pStyle w:val="Numeropagina"/>
+          <w:framePr w:wrap="none"/>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="006565F8">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="006565F8">
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="006565F8">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="006565F8">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="006565F8">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="25BDCD47" w14:textId="17835F6E" w:rsidR="00E666A8" w:rsidRPr="003500BC" w:rsidRDefault="004323A1" w:rsidP="0025412E">
+    <w:pPr>
+      <w:pStyle w:val="Rodape"/>
+    </w:pPr>
+    <w:r w:rsidRPr="003500BC">
+      <w:t>REAMD, Florianópolis, v. X, n. X, p. XX-XX, 2025-2026. UDESC. ISSN:2594-4630.</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+      </w:rPr>
+      <w:id w:val="1387058364"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-        <w:szCs w:val="30"/>
+        <w:rStyle w:val="Fontepargpadro"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="0A29B5E5" w14:textId="416F021B" w:rsidR="006B4504" w:rsidRPr="006B4504" w:rsidRDefault="006B4504">
+      <w:p w14:paraId="099CC374" w14:textId="724FDAC8" w:rsidR="00440A7D" w:rsidRPr="006565F8" w:rsidRDefault="00440A7D" w:rsidP="006565F8">
         <w:pPr>
-          <w:pStyle w:val="Rodap"/>
-[...5 lines deleted...]
-          </w:rPr>
+          <w:pStyle w:val="Numeropagina"/>
+          <w:framePr w:wrap="none"/>
         </w:pPr>
-        <w:r w:rsidRPr="006B4504">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="006B4504">
-[...5 lines deleted...]
-          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        <w:r w:rsidRPr="006565F8">
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="006B4504">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="006B4504">
-[...6 lines deleted...]
-          <w:t>2</w:t>
+        <w:r w:rsidRPr="006565F8">
+          <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="006B4504">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="203284EB" w14:textId="5F72E583" w:rsidR="002A62F7" w:rsidRDefault="006B4504">
+  <w:p w14:paraId="361DE90E" w14:textId="77777777" w:rsidR="00440A7D" w:rsidRDefault="00440A7D" w:rsidP="00440A7D">
     <w:pPr>
-      <w:pStyle w:val="Corpodetexto"/>
-      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:pStyle w:val="Rodap"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="70583EF1" w14:textId="77777777" w:rsidR="006534B6" w:rsidRDefault="006534B6" w:rsidP="00063D15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6346F5E5" w14:textId="77777777" w:rsidR="006534B6" w:rsidRDefault="006534B6" w:rsidP="00063D15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="173A1181" w14:textId="759F4D1F" w:rsidR="00D40778" w:rsidRPr="005B3A3E" w:rsidRDefault="00D40778" w:rsidP="005B3A3E">
+      <w:pPr>
+        <w:pStyle w:val="Notarodape"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005B3A3E">
+        <w:rPr>
+          <w:rStyle w:val="NotanumeroChar"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="005B3A3E">
+        <w:rPr>
+          <w:rStyle w:val="NotanumeroChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t xml:space="preserve">Note de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t>bas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t>page</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3A3E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115D9A">
+        <w:t>Style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B3A3E">
+        <w:t xml:space="preserve">: Nota </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0C2C" w:rsidRPr="005B3A3E">
+        <w:t>rodapé</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3A3E">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="1C4F9A34" w14:textId="4D405015" w:rsidR="00AA3EF5" w:rsidRPr="005B3A3E" w:rsidRDefault="00AA3EF5" w:rsidP="005B3A3E">
+      <w:pPr>
+        <w:pStyle w:val="Notarodape"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005B3A3E">
+        <w:rPr>
+          <w:rStyle w:val="NotanumeroChar"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="005B3A3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t>Correction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t>grammaticale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t>réalisée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t xml:space="preserve"> par : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t>complet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t>diplôme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t>institution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t>année</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t xml:space="preserve"> et e-mail (Lattes/ORCID </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t>sont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t>facultatifs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00115D9A" w:rsidRPr="00115D9A">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0AACF780" w14:textId="25F9D4BC" w:rsidR="00063D15" w:rsidRDefault="00000000">
+    <w:r>
       <w:rPr>
-        <w:sz w:val="20"/>
+        <w:noProof/>
       </w:rPr>
+      <w:pict w14:anchorId="3EDA08EE">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="WordPictureWatermark515372326" o:spid="_x0000_s1025" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:589pt;height:833.15pt;z-index:-251657216;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
+          <v:imagedata r:id="rId1" o:title="reamd-02" gain="19661f" blacklevel="22938f"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C9E2848" w14:textId="7E3EAAD5" w:rsidR="00063D15" w:rsidRDefault="00063D15" w:rsidP="00C26A65">
+    <w:pPr>
+      <w:ind w:left="284" w:firstLine="142"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11AE7260" wp14:editId="66A04D8E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="452CB466" wp14:editId="3FCF8945">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>982345</wp:posOffset>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-402575</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="page">
-            <wp:posOffset>10083165</wp:posOffset>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-450215</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="946785" cy="331470"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="7590726" cy="10729076"/>
+          <wp:effectExtent l="0" t="0" r="4445" b="2540"/>
           <wp:wrapNone/>
-          <wp:docPr id="1691325385" name="Image 18" descr="Interface gráfica do usuário, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto.">
-[...1 lines deleted...]
-          </wp:docPr>
+          <wp:docPr id="1828932044" name="Imagem 2"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1691325385" name="Image 18" descr="Interface gráfica do usuário, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto.">
-[...1 lines deleted...]
-                  </pic:cNvPr>
+                  <pic:cNvPr id="735967623" name="Imagem 2"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2" cstate="print"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="946785" cy="331470"/>
+                    <a:ext cx="7590726" cy="10729076"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1B1ADAAE" w14:textId="085EB566" w:rsidR="00063D15" w:rsidRDefault="007B114D">
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="20"/>
-[...743 lines deleted...]
-        <w:sz w:val="36"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251649024" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7674AAC9" wp14:editId="4F3D310C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3461C52D" wp14:editId="1A41614A">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>22860</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>center</wp:align>
           </wp:positionH>
-          <wp:positionV relativeFrom="page">
-            <wp:posOffset>160021</wp:posOffset>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-471170</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7543800" cy="9753600"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="7582407" cy="10717318"/>
+          <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
-          <wp:docPr id="2090860118" name="Image 20" descr="Fundo preto com letras brancas&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+          <wp:docPr id="490686656" name="Imagem 1"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="20" name="Image 20" descr="Fundo preto com letras brancas&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+                  <pic:cNvPr id="1290786829" name="Imagem 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7543800" cy="9753600"/>
+                    <a:ext cx="7582407" cy="10717318"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
+          <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="margin">
+          <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="006C3465">
-[...282 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5F696BEE" w14:textId="41A6DCD8" w:rsidR="006C36EB" w:rsidRDefault="006C36EB">
+  <w:p w14:paraId="1B3669B6" w14:textId="6DF74F05" w:rsidR="004A765F" w:rsidRPr="005D32C1" w:rsidRDefault="002F5732" w:rsidP="007D02F0">
     <w:pPr>
-      <w:pStyle w:val="Cabealho"/>
+      <w:pStyle w:val="Cabecalhotitulo"/>
+      <w:framePr w:wrap="around"/>
     </w:pPr>
-    <w:r w:rsidRPr="005F287B">
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> REF titArtigoBook </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00EB311E" w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:alias w:val="TituloArtigo"/>
+        <w:tag w:val="titArt"/>
+        <w:id w:val="1963683960"/>
+        <w:lock w:val="sdtLocked"/>
+        <w:placeholder>
+          <w:docPart w:val="02A4FB6767B84509843F404E897D0BBA"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidRPr="005D32C1">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>T</w:t>
+        </w:r>
+        <w:r w:rsidR="00DA6C46">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>itre</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="29AFBB33" w14:textId="296BE5F1" w:rsidR="002F5732" w:rsidRPr="005D32C1" w:rsidRDefault="002F5732" w:rsidP="007D02F0">
+    <w:pPr>
+      <w:pStyle w:val="Cabecalhoautor"/>
+      <w:framePr w:wrap="around"/>
+    </w:pPr>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> REF aut1Book </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00EB311E" w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="autor1"/>
+        <w:tag w:val="aut1"/>
+        <w:id w:val="-793133964"/>
+        <w:lock w:val="sdtLocked"/>
+        <w:placeholder>
+          <w:docPart w:val="33232FF9635F46CCAC1AE467A3FDC179"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00DA6C46">
+          <w:t>N</w:t>
+        </w:r>
+        <w:r w:rsidR="00DA6C46">
+          <w:t>om</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00DA6C46">
+          <w:t xml:space="preserve"> de </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00DA6C46">
+          <w:t>l’auteur</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00DA6C46">
+          <w:t xml:space="preserve"> 1</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5703B1C9" w14:textId="2D81AB23" w:rsidR="002F5732" w:rsidRPr="005D32C1" w:rsidRDefault="002F5732" w:rsidP="007D02F0">
+    <w:pPr>
+      <w:pStyle w:val="Cabecalhoautor"/>
+      <w:framePr w:wrap="around"/>
+    </w:pPr>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> REF aut2Book </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00EB311E" w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:alias w:val="autor2"/>
+        <w:tag w:val="aut2"/>
+        <w:id w:val="716014035"/>
+        <w:placeholder>
+          <w:docPart w:val="A55E5AE9AB38459EB21C8C67C790ADCD"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00DA6C46" w:rsidRPr="00DA6C46">
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>Nom</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00DA6C46" w:rsidRPr="00DA6C46">
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> de </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00DA6C46" w:rsidRPr="00DA6C46">
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>l’auteur</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00DA6C46" w:rsidRPr="00DA6C46">
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00DA6C46">
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="65115232" w14:textId="1A357A76" w:rsidR="002F5732" w:rsidRPr="005D32C1" w:rsidRDefault="002F5732" w:rsidP="007D02F0">
+    <w:pPr>
+      <w:pStyle w:val="Cabecalhoautor"/>
+      <w:framePr w:wrap="around"/>
+    </w:pPr>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> REF aut3Book </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00EB311E" w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:alias w:val="autor3"/>
+        <w:tag w:val="aut3"/>
+        <w:id w:val="-1863585990"/>
+        <w:placeholder>
+          <w:docPart w:val="05C4C231867A43F5AFB3A0B17B61B2ED"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00DA6C46" w:rsidRPr="00DA6C46">
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>Nom</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00DA6C46" w:rsidRPr="00DA6C46">
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> de </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00DA6C46" w:rsidRPr="00DA6C46">
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>l’auteur</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00DA6C46" w:rsidRPr="00DA6C46">
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00DA6C46">
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6B2725C0" w14:textId="3B3F8C80" w:rsidR="005D02B5" w:rsidRPr="00092334" w:rsidRDefault="00FD499E" w:rsidP="007D02F0">
+    <w:pPr>
+      <w:pStyle w:val="Cabecalhosecao"/>
+      <w:framePr w:wrap="around"/>
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> REF nomeSecBook  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="nomeSecao"/>
+        <w:tag w:val="sec"/>
+        <w:id w:val="-274872415"/>
+        <w:lock w:val="sdtLocked"/>
+        <w:placeholder>
+          <w:docPart w:val="49C2B372E0B144D1964D56A9040FA4DF"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00DA6C46">
+          <w:t>Section</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+  <w:p w14:paraId="6EE304F9" w14:textId="12CA348B" w:rsidR="004F1A8E" w:rsidRPr="00A8358D" w:rsidRDefault="00FD499E" w:rsidP="00453E07">
+    <w:pPr>
+      <w:framePr w:w="7513" w:h="511" w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="3745" w:y="556"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        <w:b/>
+        <w:bCs/>
+        <w:spacing w:val="100"/>
+        <w:sz w:val="30"/>
+        <w:szCs w:val="30"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        <w:b/>
+        <w:bCs/>
+        <w:spacing w:val="100"/>
+        <w:sz w:val="30"/>
+        <w:szCs w:val="30"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3866A65F" w14:textId="3F3C8BE1" w:rsidR="00063D15" w:rsidRDefault="00063D15" w:rsidP="007B114D">
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251691520" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39731C5E" wp14:editId="49A7DC0E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="0390143B" wp14:editId="016C8279">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>1270</wp:posOffset>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-381635</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>-7514</wp:posOffset>
+            <wp:posOffset>10795</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7560564" cy="10692383"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="7574400" cy="10706400"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1" name="Image 1" descr="Padrão do plano de fundo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+          <wp:docPr id="882780340" name="Imagem 3"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Image 1" descr="Padrão do plano de fundo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+                  <pic:cNvPr id="764868255" name="Imagem 3"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7560564" cy="10692383"/>
+                    <a:ext cx="7574400" cy="10706400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...255 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002A62F7"/>
-[...104 lines deleted...]
-    <w:rsid w:val="00FE6D37"/>
+    <w:rsidRoot w:val="00063D15"/>
+    <w:rsid w:val="0000659D"/>
+    <w:rsid w:val="00006CE0"/>
+    <w:rsid w:val="00025199"/>
+    <w:rsid w:val="00025DF9"/>
+    <w:rsid w:val="00027E58"/>
+    <w:rsid w:val="00031A37"/>
+    <w:rsid w:val="000547D9"/>
+    <w:rsid w:val="00063D15"/>
+    <w:rsid w:val="00064F26"/>
+    <w:rsid w:val="00083637"/>
+    <w:rsid w:val="000866FB"/>
+    <w:rsid w:val="00092334"/>
+    <w:rsid w:val="000B2011"/>
+    <w:rsid w:val="000B3DAC"/>
+    <w:rsid w:val="000B49D5"/>
+    <w:rsid w:val="000B7771"/>
+    <w:rsid w:val="000F14BD"/>
+    <w:rsid w:val="000F55E7"/>
+    <w:rsid w:val="000F7CB1"/>
+    <w:rsid w:val="00105DCB"/>
+    <w:rsid w:val="00110C65"/>
+    <w:rsid w:val="00113D93"/>
+    <w:rsid w:val="00115AB1"/>
+    <w:rsid w:val="00115D9A"/>
+    <w:rsid w:val="0013189F"/>
+    <w:rsid w:val="001509DC"/>
+    <w:rsid w:val="00151F6C"/>
+    <w:rsid w:val="001577D6"/>
+    <w:rsid w:val="00163E10"/>
+    <w:rsid w:val="00175B23"/>
+    <w:rsid w:val="001766CC"/>
+    <w:rsid w:val="001809B1"/>
+    <w:rsid w:val="001A61CD"/>
+    <w:rsid w:val="001B2977"/>
+    <w:rsid w:val="001B2E2D"/>
+    <w:rsid w:val="001C70B9"/>
+    <w:rsid w:val="001C7B60"/>
+    <w:rsid w:val="001D58A7"/>
+    <w:rsid w:val="001E1ECA"/>
+    <w:rsid w:val="001E363C"/>
+    <w:rsid w:val="001F271C"/>
+    <w:rsid w:val="00200A1A"/>
+    <w:rsid w:val="00212600"/>
+    <w:rsid w:val="00214CA6"/>
+    <w:rsid w:val="00216EB8"/>
+    <w:rsid w:val="00225BA5"/>
+    <w:rsid w:val="00231D8C"/>
+    <w:rsid w:val="002407F3"/>
+    <w:rsid w:val="00253753"/>
+    <w:rsid w:val="0025412E"/>
+    <w:rsid w:val="00264486"/>
+    <w:rsid w:val="00267097"/>
+    <w:rsid w:val="002A082D"/>
+    <w:rsid w:val="002A5D6C"/>
+    <w:rsid w:val="002B468F"/>
+    <w:rsid w:val="002C25E1"/>
+    <w:rsid w:val="002C3166"/>
+    <w:rsid w:val="002D772C"/>
+    <w:rsid w:val="002E21D4"/>
+    <w:rsid w:val="002F5732"/>
+    <w:rsid w:val="003068FC"/>
+    <w:rsid w:val="003136B2"/>
+    <w:rsid w:val="003150E2"/>
+    <w:rsid w:val="00321366"/>
+    <w:rsid w:val="00333ED2"/>
+    <w:rsid w:val="00335AC9"/>
+    <w:rsid w:val="003413BF"/>
+    <w:rsid w:val="00342E33"/>
+    <w:rsid w:val="00346796"/>
+    <w:rsid w:val="003500BC"/>
+    <w:rsid w:val="003604CC"/>
+    <w:rsid w:val="00372127"/>
+    <w:rsid w:val="00377E8E"/>
+    <w:rsid w:val="00391854"/>
+    <w:rsid w:val="00395714"/>
+    <w:rsid w:val="00397B6F"/>
+    <w:rsid w:val="003A510C"/>
+    <w:rsid w:val="003C3611"/>
+    <w:rsid w:val="003C7DB0"/>
+    <w:rsid w:val="003F0617"/>
+    <w:rsid w:val="003F34DA"/>
+    <w:rsid w:val="00407573"/>
+    <w:rsid w:val="00427DE8"/>
+    <w:rsid w:val="004323A1"/>
+    <w:rsid w:val="004345C9"/>
+    <w:rsid w:val="00440A7D"/>
+    <w:rsid w:val="00452849"/>
+    <w:rsid w:val="00453E07"/>
+    <w:rsid w:val="00455078"/>
+    <w:rsid w:val="00460383"/>
+    <w:rsid w:val="0046643E"/>
+    <w:rsid w:val="004746F6"/>
+    <w:rsid w:val="00482AED"/>
+    <w:rsid w:val="0049369D"/>
+    <w:rsid w:val="004A136E"/>
+    <w:rsid w:val="004A31FA"/>
+    <w:rsid w:val="004A765F"/>
+    <w:rsid w:val="004D136E"/>
+    <w:rsid w:val="004D1C50"/>
+    <w:rsid w:val="004D2593"/>
+    <w:rsid w:val="004D2BC3"/>
+    <w:rsid w:val="004D4205"/>
+    <w:rsid w:val="004F1A8E"/>
+    <w:rsid w:val="004F5055"/>
+    <w:rsid w:val="0050022C"/>
+    <w:rsid w:val="00514DBA"/>
+    <w:rsid w:val="00515AC9"/>
+    <w:rsid w:val="00515E76"/>
+    <w:rsid w:val="00523B23"/>
+    <w:rsid w:val="0053419A"/>
+    <w:rsid w:val="00542DD4"/>
+    <w:rsid w:val="005518F4"/>
+    <w:rsid w:val="005527DD"/>
+    <w:rsid w:val="005528AB"/>
+    <w:rsid w:val="0056768D"/>
+    <w:rsid w:val="00570E86"/>
+    <w:rsid w:val="005726A6"/>
+    <w:rsid w:val="0057303A"/>
+    <w:rsid w:val="00573F18"/>
+    <w:rsid w:val="0058111F"/>
+    <w:rsid w:val="005853C9"/>
+    <w:rsid w:val="005B0FAB"/>
+    <w:rsid w:val="005B3A3E"/>
+    <w:rsid w:val="005B4132"/>
+    <w:rsid w:val="005D02B5"/>
+    <w:rsid w:val="005D32C1"/>
+    <w:rsid w:val="005E0241"/>
+    <w:rsid w:val="005E22FD"/>
+    <w:rsid w:val="005E4549"/>
+    <w:rsid w:val="005F4161"/>
+    <w:rsid w:val="006055D7"/>
+    <w:rsid w:val="00607CD1"/>
+    <w:rsid w:val="00616D8E"/>
+    <w:rsid w:val="006337E4"/>
+    <w:rsid w:val="006360B3"/>
+    <w:rsid w:val="00640720"/>
+    <w:rsid w:val="006534B6"/>
+    <w:rsid w:val="006555A6"/>
+    <w:rsid w:val="00655AC5"/>
+    <w:rsid w:val="006565F8"/>
+    <w:rsid w:val="00670954"/>
+    <w:rsid w:val="00670E15"/>
+    <w:rsid w:val="006B3BB8"/>
+    <w:rsid w:val="006C661D"/>
+    <w:rsid w:val="006E5B1F"/>
+    <w:rsid w:val="006E6D3F"/>
+    <w:rsid w:val="006E70DA"/>
+    <w:rsid w:val="006F1300"/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:rsid w:val="006F5E5F"/>
+    <w:rsid w:val="00700810"/>
+    <w:rsid w:val="00706ED4"/>
+    <w:rsid w:val="00726C1E"/>
+    <w:rsid w:val="00734C3D"/>
+    <w:rsid w:val="00746DCD"/>
+    <w:rsid w:val="00747601"/>
+    <w:rsid w:val="00752405"/>
+    <w:rsid w:val="00756488"/>
+    <w:rsid w:val="007635C2"/>
+    <w:rsid w:val="00770F5C"/>
+    <w:rsid w:val="0077144E"/>
+    <w:rsid w:val="0077193F"/>
+    <w:rsid w:val="007800A1"/>
+    <w:rsid w:val="00780979"/>
+    <w:rsid w:val="007A066F"/>
+    <w:rsid w:val="007B114D"/>
+    <w:rsid w:val="007B1749"/>
+    <w:rsid w:val="007C6A0B"/>
+    <w:rsid w:val="007D02F0"/>
+    <w:rsid w:val="007F570A"/>
+    <w:rsid w:val="00811D99"/>
+    <w:rsid w:val="00836B50"/>
+    <w:rsid w:val="00837C4B"/>
+    <w:rsid w:val="008416A7"/>
+    <w:rsid w:val="008729D2"/>
+    <w:rsid w:val="00874ABF"/>
+    <w:rsid w:val="00875C18"/>
+    <w:rsid w:val="00885A63"/>
+    <w:rsid w:val="008B0185"/>
+    <w:rsid w:val="008B1387"/>
+    <w:rsid w:val="008B1EE7"/>
+    <w:rsid w:val="008B463E"/>
+    <w:rsid w:val="008B51D2"/>
+    <w:rsid w:val="008C04C6"/>
+    <w:rsid w:val="008D2DD2"/>
+    <w:rsid w:val="008E1A4D"/>
+    <w:rsid w:val="008E46C3"/>
+    <w:rsid w:val="008F7777"/>
+    <w:rsid w:val="00913D6A"/>
+    <w:rsid w:val="009211E6"/>
+    <w:rsid w:val="00922C5A"/>
+    <w:rsid w:val="00947E1A"/>
+    <w:rsid w:val="00952E24"/>
+    <w:rsid w:val="009578B0"/>
+    <w:rsid w:val="00961C33"/>
+    <w:rsid w:val="0096450C"/>
+    <w:rsid w:val="00966CCC"/>
+    <w:rsid w:val="0096751C"/>
+    <w:rsid w:val="00973053"/>
+    <w:rsid w:val="009763F9"/>
+    <w:rsid w:val="00980DD3"/>
+    <w:rsid w:val="00984ECD"/>
+    <w:rsid w:val="0098627B"/>
+    <w:rsid w:val="00991FBE"/>
+    <w:rsid w:val="00994EAA"/>
+    <w:rsid w:val="009B2846"/>
+    <w:rsid w:val="009C03F1"/>
+    <w:rsid w:val="009C2DF9"/>
+    <w:rsid w:val="009D4AD0"/>
+    <w:rsid w:val="009E0C5F"/>
+    <w:rsid w:val="009F2BFF"/>
+    <w:rsid w:val="009F4483"/>
+    <w:rsid w:val="00A02692"/>
+    <w:rsid w:val="00A031FC"/>
+    <w:rsid w:val="00A05FC9"/>
+    <w:rsid w:val="00A1650B"/>
+    <w:rsid w:val="00A22A8B"/>
+    <w:rsid w:val="00A23CB8"/>
+    <w:rsid w:val="00A2699D"/>
+    <w:rsid w:val="00A30230"/>
+    <w:rsid w:val="00A31F8D"/>
+    <w:rsid w:val="00A35E87"/>
+    <w:rsid w:val="00A35F01"/>
+    <w:rsid w:val="00A370AD"/>
+    <w:rsid w:val="00A4418A"/>
+    <w:rsid w:val="00A458A0"/>
+    <w:rsid w:val="00A50777"/>
+    <w:rsid w:val="00A7798B"/>
+    <w:rsid w:val="00A801BD"/>
+    <w:rsid w:val="00A8358D"/>
+    <w:rsid w:val="00A90B42"/>
+    <w:rsid w:val="00AA1C03"/>
+    <w:rsid w:val="00AA3EF5"/>
+    <w:rsid w:val="00AA4763"/>
+    <w:rsid w:val="00AD2429"/>
+    <w:rsid w:val="00AD3D45"/>
+    <w:rsid w:val="00AD65A0"/>
+    <w:rsid w:val="00AD6E30"/>
+    <w:rsid w:val="00AD7619"/>
+    <w:rsid w:val="00AE1992"/>
+    <w:rsid w:val="00AE29EB"/>
+    <w:rsid w:val="00AF6AAF"/>
+    <w:rsid w:val="00B21C02"/>
+    <w:rsid w:val="00B32FC0"/>
+    <w:rsid w:val="00B36392"/>
+    <w:rsid w:val="00B37ECD"/>
+    <w:rsid w:val="00B539D7"/>
+    <w:rsid w:val="00B6206A"/>
+    <w:rsid w:val="00B661C6"/>
+    <w:rsid w:val="00B665C5"/>
+    <w:rsid w:val="00B71FAF"/>
+    <w:rsid w:val="00B948D9"/>
+    <w:rsid w:val="00B951BE"/>
+    <w:rsid w:val="00B968DD"/>
+    <w:rsid w:val="00BA0EA4"/>
+    <w:rsid w:val="00BB4605"/>
+    <w:rsid w:val="00BE7FF5"/>
+    <w:rsid w:val="00BF4FCF"/>
+    <w:rsid w:val="00C00647"/>
+    <w:rsid w:val="00C027C6"/>
+    <w:rsid w:val="00C05637"/>
+    <w:rsid w:val="00C214DC"/>
+    <w:rsid w:val="00C216C2"/>
+    <w:rsid w:val="00C26A65"/>
+    <w:rsid w:val="00C275D9"/>
+    <w:rsid w:val="00C3284C"/>
+    <w:rsid w:val="00C3399A"/>
+    <w:rsid w:val="00C42C94"/>
+    <w:rsid w:val="00C43EC7"/>
+    <w:rsid w:val="00C5131D"/>
+    <w:rsid w:val="00C54D4E"/>
+    <w:rsid w:val="00C551C0"/>
+    <w:rsid w:val="00C5790A"/>
+    <w:rsid w:val="00C71D66"/>
+    <w:rsid w:val="00C73F7C"/>
+    <w:rsid w:val="00C836D3"/>
+    <w:rsid w:val="00C85546"/>
+    <w:rsid w:val="00CB355B"/>
+    <w:rsid w:val="00CB5BCA"/>
+    <w:rsid w:val="00CC370D"/>
+    <w:rsid w:val="00D00E76"/>
+    <w:rsid w:val="00D071F4"/>
+    <w:rsid w:val="00D13FB1"/>
+    <w:rsid w:val="00D1480E"/>
+    <w:rsid w:val="00D30579"/>
+    <w:rsid w:val="00D32105"/>
+    <w:rsid w:val="00D36E01"/>
+    <w:rsid w:val="00D40778"/>
+    <w:rsid w:val="00D41C2B"/>
+    <w:rsid w:val="00D47C0C"/>
+    <w:rsid w:val="00D50447"/>
+    <w:rsid w:val="00D50D1A"/>
+    <w:rsid w:val="00D5388C"/>
+    <w:rsid w:val="00D60BE5"/>
+    <w:rsid w:val="00D65A8D"/>
+    <w:rsid w:val="00D66663"/>
+    <w:rsid w:val="00D7197C"/>
+    <w:rsid w:val="00D76DB6"/>
+    <w:rsid w:val="00D903E1"/>
+    <w:rsid w:val="00D94111"/>
+    <w:rsid w:val="00D94791"/>
+    <w:rsid w:val="00D9625C"/>
+    <w:rsid w:val="00DA6C46"/>
+    <w:rsid w:val="00DC2C74"/>
+    <w:rsid w:val="00DC400C"/>
+    <w:rsid w:val="00DD1980"/>
+    <w:rsid w:val="00DD5ACB"/>
+    <w:rsid w:val="00DE0C2C"/>
+    <w:rsid w:val="00DE6FA4"/>
+    <w:rsid w:val="00DE7CC9"/>
+    <w:rsid w:val="00DF20D4"/>
+    <w:rsid w:val="00DF72F9"/>
+    <w:rsid w:val="00E15943"/>
+    <w:rsid w:val="00E17C38"/>
+    <w:rsid w:val="00E21443"/>
+    <w:rsid w:val="00E23EE0"/>
+    <w:rsid w:val="00E43A25"/>
+    <w:rsid w:val="00E44186"/>
+    <w:rsid w:val="00E665D6"/>
+    <w:rsid w:val="00E666A8"/>
+    <w:rsid w:val="00E76142"/>
+    <w:rsid w:val="00E858BC"/>
+    <w:rsid w:val="00E91F0B"/>
+    <w:rsid w:val="00EB311E"/>
+    <w:rsid w:val="00EC1B27"/>
+    <w:rsid w:val="00EC4330"/>
+    <w:rsid w:val="00ED413E"/>
+    <w:rsid w:val="00EE5656"/>
+    <w:rsid w:val="00EE56A6"/>
+    <w:rsid w:val="00EF4B40"/>
+    <w:rsid w:val="00F04959"/>
+    <w:rsid w:val="00F04BEE"/>
+    <w:rsid w:val="00F0669D"/>
+    <w:rsid w:val="00F10F1C"/>
+    <w:rsid w:val="00F33E96"/>
+    <w:rsid w:val="00F34DAA"/>
+    <w:rsid w:val="00F456FA"/>
+    <w:rsid w:val="00F4596A"/>
+    <w:rsid w:val="00F527BA"/>
+    <w:rsid w:val="00F80796"/>
+    <w:rsid w:val="00F81B17"/>
+    <w:rsid w:val="00F84653"/>
+    <w:rsid w:val="00F96767"/>
+    <w:rsid w:val="00FB2FF5"/>
+    <w:rsid w:val="00FD189D"/>
+    <w:rsid w:val="00FD499E"/>
+    <w:rsid w:val="00FF104F"/>
+    <w:rsid w:val="00FF21CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7A3E1B55"/>
-  <w15:docId w15:val="{290C573B-8F8D-45AF-AC3A-ED17912C4407}"/>
+  <w14:docId w14:val="057A5386"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{EB5FD8ED-F2DF-3D43-BF2B-827C460D3687}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
+    <w:name w:val="Título 1 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
+    <w:name w:val="Título 2 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Char">
+    <w:name w:val="Título 3 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Char">
+    <w:name w:val="Título 4 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Char">
+    <w:name w:val="Título 5 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Char">
+    <w:name w:val="Título 6 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Char">
+    <w:name w:val="Título 7 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Char">
+    <w:name w:val="Título 8 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Char">
+    <w:name w:val="Título 9 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TtuloChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloChar">
+    <w:name w:val="Título Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="RefernciaSutil">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="31"/>
+    <w:rsid w:val="00874ABF"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citao">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitaoChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00031A37"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaoChar">
+    <w:name w:val="Citação Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Citao"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00031A37"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Capasecao">
+    <w:name w:val="Capa secao"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F456FA"/>
+    <w:pPr>
+      <w:framePr w:w="6880" w:h="353" w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="4240" w:y="-2819"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times New Roman (Corpo CS)"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:spacing w:val="100"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TtuloFrancs">
+    <w:name w:val="Título Francês"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="380" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TtuloEstrangeiro">
+    <w:name w:val="Título Estrangeiro"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="340" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:noProof/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DOI">
+    <w:name w:val="DOI"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:pPr>
+      <w:spacing w:after="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Autornome">
+    <w:name w:val="Autor nome"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="RefernciaIntensa">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="32"/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Autordados">
+    <w:name w:val="Autor dados"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Autordadoslegenda">
+    <w:name w:val="Autor dados legenda"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AutordadoslegendaChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rodap">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+    <w:name w:val="Rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00063D15"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nmerodepgina">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E666A8"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00346796"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="MenoPendente">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00346796"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TextodoEspaoReservado">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00216EB8"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Corpodotexto">
+    <w:name w:val="Corpo do texto"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CorpodotextoChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="006E6D3F"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="320" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Licenadeuso">
+    <w:name w:val="Licença de uso"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00105DCB"/>
+    <w:pPr>
+      <w:framePr w:w="3232" w:h="4371" w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="7980" w:y="10567" w:anchorLock="1"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dadossubmisso">
+    <w:name w:val="Dados submissão"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00105DCB"/>
+    <w:pPr>
+      <w:framePr w:w="3232" w:h="4371" w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="7980" w:y="10567" w:anchorLock="1"/>
+      <w:spacing w:after="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumofrttulo">
+    <w:name w:val="Resumo fr título"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006360B3"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumopttexto">
+    <w:name w:val="Resumo pt texto"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006360B3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumoptlegenda">
+    <w:name w:val="Resumo pt legenda"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ResumoptlegendaChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="006360B3"/>
+    <w:pPr>
+      <w:spacing w:line="280" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumoestttulo">
+    <w:name w:val="Resumo est título"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006360B3"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumoesttexto">
+    <w:name w:val="Resumo est texto"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006360B3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumoestlegenda">
+    <w:name w:val="Resumo est legenda"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ResumoestlegendaChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="006360B3"/>
+    <w:pPr>
+      <w:spacing w:line="280" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Notatexto">
+    <w:name w:val="Nota texto"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NotatextoChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F80796"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light" w:cs="Open Sans"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Notanumero">
+    <w:name w:val="Nota numero"/>
+    <w:basedOn w:val="Notatexto"/>
+    <w:link w:val="NotanumeroChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F80796"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="A11757"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rodape">
+    <w:name w:val="Rodape"/>
+    <w:basedOn w:val="Rodap"/>
+    <w:qFormat/>
+    <w:rsid w:val="0025412E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numeropagina">
+    <w:name w:val="Numero pagina"/>
+    <w:basedOn w:val="Rodap"/>
+    <w:qFormat/>
+    <w:rsid w:val="0025412E"/>
+    <w:pPr>
+      <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="page" w:x="11018" w:y="-429"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cabecalhosecao">
+    <w:name w:val="Cabecalho secao"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D02F0"/>
+    <w:pPr>
+      <w:framePr w:w="7513" w:h="511" w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="3745" w:y="556"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times New Roman (Corpo CS)"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:spacing w:val="100"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cabecalhoautor">
+    <w:name w:val="Cabecalho autor"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D02F0"/>
+    <w:pPr>
+      <w:framePr w:w="3850" w:h="1708" w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="7315" w:y="567"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light" w:cs="Times New Roman (Corpo CS)"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cabecalhotitulo">
+    <w:name w:val="Cabecalho titulo"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D02F0"/>
+    <w:pPr>
+      <w:framePr w:w="3850" w:h="1708" w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="7315" w:y="567"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times New Roman (Corpo CS)"/>
+      <w:color w:val="932755"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TopicoNvel1">
+    <w:name w:val="Topico Nível 1"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:qFormat/>
+    <w:rsid w:val="00966CCC"/>
+    <w:pPr>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TpicoNvel2">
+    <w:name w:val="Tópico Nível 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00966CCC"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TpicoNvel3">
+    <w:name w:val="Tópico Nível 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00966CCC"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TpicoNvel4">
+    <w:name w:val="Tópico Nível 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00966CCC"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AutordadoslegendaChar">
+    <w:name w:val="Autor dados legenda Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Autordadoslegenda"/>
+    <w:rsid w:val="00FF21CC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ResumoptlegendaChar">
+    <w:name w:val="Resumo pt legenda Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Resumoptlegenda"/>
+    <w:rsid w:val="00212600"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ResumoestlegendaChar">
+    <w:name w:val="Resumo est legenda Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Resumoestlegenda"/>
+    <w:rsid w:val="000F7CB1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotatextoChar">
+    <w:name w:val="Nota texto Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Notatexto"/>
+    <w:rsid w:val="00746DCD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light" w:cs="Open Sans"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotanumeroChar">
+    <w:name w:val="Nota numero Char"/>
+    <w:basedOn w:val="NotatextoChar"/>
+    <w:link w:val="Notanumero"/>
+    <w:rsid w:val="00746DCD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Open Sans"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="A11757"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Citacaogrande">
+    <w:name w:val="Citacao grande"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B968DD"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textodenotadefim">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodenotadefimChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF104F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotadefimChar">
+    <w:name w:val="Texto de nota de fim Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Textodenotadefim"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF104F"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotadefim">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF104F"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textodenotaderodap">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodenotaderodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D40778"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotaderodapChar">
+    <w:name w:val="Texto de nota de rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Textodenotaderodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D40778"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotaderodap">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D40778"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Notarodape">
+    <w:name w:val="Nota rodape"/>
+    <w:basedOn w:val="Textodenotaderodap"/>
+    <w:qFormat/>
+    <w:rsid w:val="004345C9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figurafonte">
+    <w:name w:val="Figura fonte"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:link w:val="FigurafonteChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="003068FC"/>
+    <w:pPr>
+      <w:spacing w:after="360" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figuratitulo">
+    <w:name w:val="Figura titulo"/>
+    <w:basedOn w:val="Figurafonte"/>
+    <w:link w:val="FiguratituloChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="003068FC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CorpodotextoChar">
+    <w:name w:val="Corpo do texto Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Corpodotexto"/>
+    <w:rsid w:val="003068FC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FigurafonteChar">
+    <w:name w:val="Figura fonte Char"/>
+    <w:basedOn w:val="CorpodotextoChar"/>
+    <w:link w:val="Figurafonte"/>
+    <w:rsid w:val="003068FC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FiguratituloChar">
+    <w:name w:val="Figura titulo Char"/>
+    <w:basedOn w:val="FigurafonteChar"/>
+    <w:link w:val="Figuratitulo"/>
+    <w:rsid w:val="003068FC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabelacomgrade">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="0053419A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="SimplesTabela2">
+    <w:name w:val="Plain Table 2"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:uiPriority w:val="42"/>
+    <w:rsid w:val="004D2593"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelatitulo">
+    <w:name w:val="Tabela titulo"/>
+    <w:basedOn w:val="Figurafonte"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D32105"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelatexto">
+    <w:name w:val="Tabela texto"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:qFormat/>
+    <w:rsid w:val="00225BA5"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelalegenda">
+    <w:name w:val="Tabela legenda"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A35E87"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+      <w:color w:val="932755"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelaentrada">
+    <w:name w:val="Tabela entrada"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A35E87"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referencia">
+    <w:name w:val="Referencia"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:link w:val="ReferenciaChar"/>
+    <w:rsid w:val="00E17C38"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referenciadestaque">
+    <w:name w:val="Referencia destaque"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:link w:val="ReferenciadestaqueChar"/>
+    <w:rsid w:val="005B0FAB"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Bold" w:hAnsi="Lato Bold"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ReferenciadestaqueChar">
+    <w:name w:val="Referencia destaque Char"/>
+    <w:basedOn w:val="CorpodotextoChar"/>
+    <w:link w:val="Referenciadestaque"/>
+    <w:rsid w:val="005B0FAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Bold" w:hAnsi="Lato Bold"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referencialatim">
+    <w:name w:val="Referencia latim"/>
+    <w:basedOn w:val="Referencia"/>
+    <w:link w:val="ReferencialatimChar"/>
+    <w:rsid w:val="006F1300"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ReferenciaChar">
+    <w:name w:val="Referencia Char"/>
+    <w:basedOn w:val="CorpodotextoChar"/>
+    <w:link w:val="Referencia"/>
+    <w:rsid w:val="00E17C38"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ReferencialatimChar">
+    <w:name w:val="Referencia latim Char"/>
+    <w:basedOn w:val="ReferenciaChar"/>
+    <w:link w:val="Referencialatim"/>
+    <w:rsid w:val="006F1300"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelafonte">
+    <w:name w:val="Tabela fonte"/>
+    <w:basedOn w:val="Figurafonte"/>
+    <w:rsid w:val="00452849"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.odttf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font18.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.odttf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font17.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.odttf"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6D6AE306-64D7-41D5-A46C-9729315C9DC4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003538E1" w:rsidRDefault="003538E1">
+          <w:r w:rsidRPr="00F238A5">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para inserir o texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="49C2B372E0B144D1964D56A9040FA4DF"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2630BF76-9087-4ACA-B1A7-2B59B94A22FB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BF348B" w:rsidRDefault="00BF348B" w:rsidP="00BF348B">
+          <w:pPr>
+            <w:pStyle w:val="49C2B372E0B144D1964D56A9040FA4DF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F238A5">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para inserir o texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="02A4FB6767B84509843F404E897D0BBA"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{33A03510-9378-434B-A132-7B827E4A4089}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BF348B" w:rsidRDefault="00BF348B" w:rsidP="00BF348B">
+          <w:pPr>
+            <w:pStyle w:val="02A4FB6767B84509843F404E897D0BBA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F238A5">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para inserir o texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="33232FF9635F46CCAC1AE467A3FDC179"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{33662745-5092-4B0E-BD0D-CA2A87377EEC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BF348B" w:rsidRDefault="00BF348B" w:rsidP="00BF348B">
+          <w:pPr>
+            <w:pStyle w:val="33232FF9635F46CCAC1AE467A3FDC179"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F238A5">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para inserir o texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A55E5AE9AB38459EB21C8C67C790ADCD"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{31A71C1B-0F9C-41B3-A983-5DD3C974FB1E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BF348B" w:rsidRDefault="00BF348B" w:rsidP="00BF348B">
+          <w:pPr>
+            <w:pStyle w:val="A55E5AE9AB38459EB21C8C67C790ADCD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F238A5">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para inserir o texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="05C4C231867A43F5AFB3A0B17B61B2ED"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5BADC8C8-0874-46DE-B897-FC95BFC17E2A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BF348B" w:rsidRDefault="00BF348B" w:rsidP="00BF348B">
+          <w:pPr>
+            <w:pStyle w:val="05C4C231867A43F5AFB3A0B17B61B2ED"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F238A5">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para inserir o texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lato">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman (Corpo CS)">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Lato Light">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Open Sans">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lato SemiBold">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lato Bold">
+    <w:altName w:val="Segoe UI"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="003538E1"/>
+    <w:rsid w:val="0011519E"/>
+    <w:rsid w:val="00214EE1"/>
+    <w:rsid w:val="002233F8"/>
+    <w:rsid w:val="003538E1"/>
+    <w:rsid w:val="00407573"/>
+    <w:rsid w:val="00455078"/>
+    <w:rsid w:val="0046643E"/>
+    <w:rsid w:val="005435AF"/>
+    <w:rsid w:val="00581413"/>
+    <w:rsid w:val="00640720"/>
+    <w:rsid w:val="0069016A"/>
+    <w:rsid w:val="006E70DA"/>
+    <w:rsid w:val="00756488"/>
+    <w:rsid w:val="00780979"/>
+    <w:rsid w:val="00790AC8"/>
+    <w:rsid w:val="009578B0"/>
+    <w:rsid w:val="0096450C"/>
+    <w:rsid w:val="00A30230"/>
+    <w:rsid w:val="00A35F01"/>
+    <w:rsid w:val="00B25DD5"/>
+    <w:rsid w:val="00B539D7"/>
+    <w:rsid w:val="00BA0EA4"/>
+    <w:rsid w:val="00BF1518"/>
+    <w:rsid w:val="00BF348B"/>
+    <w:rsid w:val="00C43EC7"/>
+    <w:rsid w:val="00C71D66"/>
+    <w:rsid w:val="00CC39DF"/>
+    <w:rsid w:val="00EC1B27"/>
+    <w:rsid w:val="00ED6A3B"/>
+    <w:rsid w:val="00F30ED7"/>
+    <w:rsid w:val="00F87FEC"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="pt-BR"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9225,802 +11948,803 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...79 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...171 lines deleted...]
-    <w:name w:val="footnote reference"/>
+  <w:style w:type="character" w:styleId="TextodoEspaoReservado">
+    <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00052CAC"/>
+    <w:rsid w:val="0069016A"/>
     <w:rPr>
-      <w:vertAlign w:val="superscript"/>
+      <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CorpodetextoChar">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49C2B372E0B144D1964D56A9040FA4DF">
+    <w:name w:val="49C2B372E0B144D1964D56A9040FA4DF"/>
+    <w:rsid w:val="00BF348B"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="02A4FB6767B84509843F404E897D0BBA">
+    <w:name w:val="02A4FB6767B84509843F404E897D0BBA"/>
+    <w:rsid w:val="00BF348B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33232FF9635F46CCAC1AE467A3FDC179">
+    <w:name w:val="33232FF9635F46CCAC1AE467A3FDC179"/>
+    <w:rsid w:val="00BF348B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A55E5AE9AB38459EB21C8C67C790ADCD">
+    <w:name w:val="A55E5AE9AB38459EB21C8C67C790ADCD"/>
+    <w:rsid w:val="00BF348B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="05C4C231867A43F5AFB3A0B17B61B2ED">
+    <w:name w:val="05C4C231867A43F5AFB3A0B17B61B2ED"/>
+    <w:rsid w:val="00BF348B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A99CAA10CA44A3CAC26ACFCADACC991">
+    <w:name w:val="4A99CAA10CA44A3CAC26ACFCADACC991"/>
+    <w:rsid w:val="0069016A"/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...78 lines deleted...]
-  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="1736a918-e5f9-480c-a9c2-9d04a3867d50" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="31db800d-f085-4ce3-a9c0-1a5f98dd24c0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <descri_x00e7_ao xmlns="31db800d-f085-4ce3-a9c0-1a5f98dd24c0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100254705E167BCAF4C851C190FF0D684C3" ma:contentTypeVersion="27" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="f7aec985b09cbf54f5fdf450f2acdb9a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="31db800d-f085-4ce3-a9c0-1a5f98dd24c0" xmlns:ns3="1736a918-e5f9-480c-a9c2-9d04a3867d50" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9506d0149b341b2b2100e682b0ba3337" ns2:_="" ns3:_="">
+    <xsd:import namespace="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
+    <xsd:import namespace="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:descri_x00e7_ao" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="31db800d-f085-4ce3-a9c0-1a5f98dd24c0" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="12" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Marcações de imagem" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f329f067-9640-44d5-8564-a72189d1322a" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="descri_x00e7_ao" ma:index="23" nillable="true" ma:displayName="descriçao" ma:format="Dropdown" ma:internalName="descri_x00e7_ao">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1736a918-e5f9-480c-a9c2-9d04a3867d50" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Compartilhado com" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Detalhes de Compartilhado Com" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6f879f95-49fb-4e90-acf0-388a4ec724a3}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="1736a918-e5f9-480c-a9c2-9d04a3867d50">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de Conteúdo"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E0CD07F-0C54-405B-ACD8-1184F7C3124A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7950BF9-72FD-47F1-92B3-158C77FB6E05}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
+    <ds:schemaRef ds:uri="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18B40EC5-007A-46C5-87DA-680A61F822CC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6C038CE-9255-469B-A79C-FF80C5291CD0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
+    <ds:schemaRef ds:uri="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E65E28D-935F-2A47-A638-D788D2F6709D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>4108</Characters>
+  <Pages>6</Pages>
+  <Words>1152</Words>
+  <Characters>6222</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4859</CharactersWithSpaces>
+  <CharactersWithSpaces>7360</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>1</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2025-04-28T00:00:00Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100254705E167BCAF4C851C190FF0D684C3</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
-[...3 lines deleted...]
-    <vt:lpwstr>iLovePDF</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>