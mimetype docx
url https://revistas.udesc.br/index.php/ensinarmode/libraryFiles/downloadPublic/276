--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -1,7918 +1,5759 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="028E608B" w14:textId="243FEA86" w:rsidR="005F287B" w:rsidRDefault="009538F1">
-[...2 lines deleted...]
-        <w:spacing w:line="273" w:lineRule="auto"/>
+    <w:bookmarkStart w:id="0" w:name="nomeSecBook" w:displacedByCustomXml="next"/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="nomeSecao"/>
+        <w:tag w:val="sec"/>
+        <w:id w:val="1400710860"/>
+        <w:lock w:val="sdtLocked"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w14:paraId="22DC1CB4" w14:textId="7EB69FF4" w:rsidR="00E15943" w:rsidRPr="00092334" w:rsidRDefault="00A22A8B" w:rsidP="00F456FA">
+          <w:pPr>
+            <w:pStyle w:val="Capasecao"/>
+            <w:framePr w:wrap="around"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Seção</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:bookmarkStart w:id="1" w:name="titArtigoBook"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="0722B08C" w14:textId="478CFEC6" w:rsidR="00EE56A6" w:rsidRPr="001E363C" w:rsidRDefault="00000000" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="TtuloPorgus"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="TituloArtigo"/>
+          <w:tag w:val="titArt"/>
+          <w:id w:val="1287774770"/>
+          <w:lock w:val="sdtLocked"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C027C6">
+            <w:t>Título aqui...</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="005D02B5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE56A6" w:rsidRPr="001E363C">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00025199" w:rsidRPr="00025199">
+        <w:t xml:space="preserve"> Com subtítulo. Em até 2 linhas.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0241">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003150E2">
+        <w:t>(Estilo: Título Português)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC3AD04" w14:textId="49212A35" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00175B23" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="TtuloEstrangeiro"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Título: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175B23">
+        <w:t>Com subtítulo</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> em língua inglesa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175B23">
+        <w:t xml:space="preserve">. Em até 2 linhas. </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4549">
+        <w:t>(Estilo: Título Estran</w:t>
+      </w:r>
+      <w:r w:rsidR="00961C33">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4549">
+        <w:t>eiro)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E22451E" w14:textId="482B654F" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00913D6A" w:rsidP="000F55E7">
+      <w:pPr>
+        <w:pStyle w:val="TtuloEstrangeiro"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00913D6A">
+        <w:t xml:space="preserve">Título: Com subtítulo em língua </w:t>
+      </w:r>
+      <w:r w:rsidR="00980DD3">
+        <w:t xml:space="preserve">francesa, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>espanhola</w:t>
+      </w:r>
+      <w:r w:rsidR="00980DD3">
+        <w:t xml:space="preserve"> ou italiana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913D6A">
+        <w:t>. Em até 2 linhas.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F55E7" w:rsidRPr="00175B23">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F55E7">
+        <w:t>(Estilo: Título Estran</w:t>
+      </w:r>
+      <w:r w:rsidR="00460383">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="000F55E7">
+        <w:t>eiro)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C34B77" w14:textId="4D1D5664" w:rsidR="00063D15" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="DOI"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">DOI: </w:t>
+      </w:r>
+      <w:r w:rsidR="002E21D4">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>0.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E21D4">
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E21D4">
+        <w:t>00000000000000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="002E21D4">
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="002C3166">
+        <w:t xml:space="preserve"> (Estilo: DOI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C86B72C" w14:textId="77777777" w:rsidR="00EE56A6" w:rsidRDefault="00EE56A6" w:rsidP="00EE56A6">
+      <w:pPr>
+        <w:spacing w:after="240"/>
         <w:rPr>
-          <w:color w:val="D9D9D9"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009538F1">
+        <w:sectPr w:rsidR="00EE56A6" w:rsidSect="00875C18">
+          <w:headerReference w:type="even" r:id="rId10"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="4395" w:right="567" w:bottom="1418" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25407DF1" w14:textId="77777777" w:rsidR="00063D15" w:rsidRPr="00EE56A6" w:rsidRDefault="00063D15" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:id="2" w:name="aut1Book"/>
+    <w:p w14:paraId="236733B3" w14:textId="2D3282AB" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00000000" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="Autornome"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="autor1"/>
+          <w:tag w:val="aut1"/>
+          <w:id w:val="1561054506"/>
+          <w:lock w:val="sdtLocked"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00837C4B">
+            <w:t xml:space="preserve">Nome </w:t>
+          </w:r>
+          <w:r w:rsidR="009F4483">
+            <w:t>do autor 1</w:t>
+          </w:r>
+          <w:r w:rsidR="002C3166">
+            <w:t xml:space="preserve"> (Estilo: Autor</w:t>
+          </w:r>
+          <w:r w:rsidR="003604CC">
+            <w:t xml:space="preserve"> nome</w:t>
+          </w:r>
+          <w:r w:rsidR="002C3166">
+            <w:t>)</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00F84653">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4937154C" w14:textId="15E6CDBA" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00115AB1" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Instituição d</w:t>
+      </w:r>
+      <w:r w:rsidR="009E0C5F">
+        <w:t>e origem d</w:t>
+      </w:r>
+      <w:r>
+        <w:t>o auto</w:t>
+      </w:r>
+      <w:r w:rsidR="00F96767">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF21CC">
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0C5F">
+        <w:t xml:space="preserve">(Estilo: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94111">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00607CD1">
+        <w:t>utor</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94111">
+        <w:t xml:space="preserve"> dados</w:t>
+      </w:r>
+      <w:r w:rsidR="00607CD1">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6138D215" w14:textId="45495957" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF21CC">
         <w:rPr>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-          <w:sz w:val="40"/>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...123 lines deleted...]
-      <w:r w:rsidR="005F287B" w:rsidRPr="005F287B">
+        <w:t>Lattes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="008E46C3">
+        <w:t>0000000000000000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF21CC">
         <w:rPr>
-          <w:noProof/>
-          <w:color w:val="D9D9D9"/>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...141 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Orcid:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve"> 0000-000</w:t>
+      </w:r>
+      <w:r w:rsidR="008E46C3">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008E46C3">
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008E46C3">
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE068C9" w14:textId="24230835" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF21CC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E46C3">
+        <w:t>nome@mail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B20DC35" w14:textId="77777777" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:id="3" w:name="aut2Book"/>
+    <w:p w14:paraId="46ACBA64" w14:textId="7DDFB83B" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00000000" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="Autornome"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:alias w:val="autor2"/>
+          <w:tag w:val="aut2"/>
+          <w:id w:val="-1347323924"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="009E0C5F" w:rsidRPr="009E0C5F">
+            <w:rPr>
+              <w:kern w:val="0"/>
+              <w14:ligatures w14:val="none"/>
+            </w:rPr>
+            <w:t>Nome do autor 2 (Estilo: Autor</w:t>
+          </w:r>
+          <w:r w:rsidR="003604CC">
+            <w:rPr>
+              <w:kern w:val="0"/>
+              <w14:ligatures w14:val="none"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> nome</w:t>
+          </w:r>
+          <w:r w:rsidR="009E0C5F" w:rsidRPr="009E0C5F">
+            <w:rPr>
+              <w:kern w:val="0"/>
+              <w14:ligatures w14:val="none"/>
+            </w:rPr>
+            <w:t>)</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00F84653">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CE8E04" w14:textId="001FD7CD" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Instituição de origem do autor 2. (Estilo: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94111">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:t>utor</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94111">
+        <w:t xml:space="preserve"> dados</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2B077E" w14:textId="77777777" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>Lattes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>0000000000000000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>Orcid:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve"> 0000-000</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79CB5705" w14:textId="77777777" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>nome@mail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4CCE1C" w14:textId="77777777" w:rsidR="00C5790A" w:rsidRDefault="00C5790A" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:id="4" w:name="aut3Book"/>
+    <w:p w14:paraId="3F5E566C" w14:textId="2D0BBACA" w:rsidR="00F84653" w:rsidRPr="00092334" w:rsidRDefault="00000000" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="Autornome"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="autor3"/>
+          <w:tag w:val="aut3"/>
+          <w:id w:val="-1568570363"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00F84653">
+            <w:t>Nome do autor 3</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="009E0C5F">
+        <w:t xml:space="preserve"> (Estilo: Autor</w:t>
+      </w:r>
+      <w:r w:rsidR="003604CC">
+        <w:t xml:space="preserve"> nome</w:t>
+      </w:r>
+      <w:r w:rsidR="009E0C5F">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81B17">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9D326E" w14:textId="75ED1B98" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Instituição de origem do autor 3. (Estilo: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94111">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:t>utor</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94111">
+        <w:t xml:space="preserve"> dados</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A4679A" w14:textId="77777777" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>Lattes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>0000000000000000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>Orcid:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve"> 0000-000</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2736EC" w14:textId="77777777" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
+      <w:pPr>
+        <w:pStyle w:val="Autordados"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>nome@mail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CBD25C2" w14:textId="77777777" w:rsidR="00F84653" w:rsidRDefault="00F84653" w:rsidP="006F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27AA0678" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>Licenciante: Revista de Ensino</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C6F007" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>em Artes, Moda e Design, Florianópolis, Brasil.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF30C7E" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49331058" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>Este trabalho está licenciado sob uma licença Creative Commons Attribution 4.0 International License.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4706E040" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DD5E0BF" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>Publicado pela Universidade do Estado de Santa Catarina</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411BF600" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00FA817D" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="40"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk198882948"/>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>Copyright: © 2025 pelos autores.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6BB04D" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:sz w:val="40"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk198883214"/>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+    </w:p>
+    <w:p w14:paraId="0636A1B5" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:sz w:val="40"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009538F1">
+    </w:p>
+    <w:p w14:paraId="36FBF652" w14:textId="77777777" w:rsidR="00105DCB" w:rsidRDefault="00105DCB" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Licenadeuso"/>
+        <w:framePr w:wrap="around"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-          <w:sz w:val="40"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <mc:AlternateContent>
-[...294 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B19D7A7" w14:textId="7A5767D0" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Dadossubmisso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00092334">
+        <w:t>Submetido em: 0</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>/0</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4972DB23" w14:textId="04FFE9E2" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Dadossubmisso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00092334">
+        <w:t xml:space="preserve">Aprovado em: </w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="564DB3C4" w14:textId="0A893D88" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00105DCB">
+      <w:pPr>
+        <w:pStyle w:val="Dadossubmisso"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00092334">
+        <w:t>Publicado em: 0</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092334">
+        <w:t>0/</w:t>
+      </w:r>
+      <w:r w:rsidR="003A510C" w:rsidRPr="00092334">
+        <w:t>0000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203D5CFD" w14:textId="77777777" w:rsidR="00063D15" w:rsidRDefault="00063D15"/>
+    <w:p w14:paraId="49378D53" w14:textId="3920165E" w:rsidR="00063D15" w:rsidRDefault="00063D15">
+      <w:pPr>
+        <w:sectPr w:rsidR="00063D15" w:rsidSect="00EE56A6">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="4990" w:right="4251" w:bottom="1418" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0334A473" w14:textId="013B15E5" w:rsidR="00063D15" w:rsidRPr="009B2846" w:rsidRDefault="004323A1" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Resumoptttulo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B2846">
+        <w:lastRenderedPageBreak/>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41C2B">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00214CA6">
+        <w:t>Estilo: Res</w:t>
+      </w:r>
+      <w:r w:rsidR="000B3DAC">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00214CA6">
+        <w:t>mo pt título</w:t>
+      </w:r>
+      <w:r w:rsidR="00200A1A">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE7B5D5" w14:textId="104248FD" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="008C04C6" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Resumopttexto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C04C6">
+        <w:t>esumo com 150 (cento e cinquenta) a 250 (duzentos e cinquenta)</w:t>
+      </w:r>
+      <w:r w:rsidR="002B468F">
+        <w:t xml:space="preserve"> palavras. </w:t>
+      </w:r>
+      <w:r w:rsidR="000B3DAC">
+        <w:t>(Estilo: Resumo pt texto)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A376267" w14:textId="375FB107" w:rsidR="004323A1" w:rsidRPr="00212600" w:rsidRDefault="004323A1" w:rsidP="00212600">
+      <w:pPr>
+        <w:pStyle w:val="Resumopttexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00212600">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-          <w:sz w:val="40"/>
+          <w:rStyle w:val="ResumoptlegendaChar"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+        <w:t>Palavras-chave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00212600">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1650B" w:rsidRPr="00212600">
+        <w:t>De 3 a 5, separadas com ponto final</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00212600">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A50777">
+        <w:t xml:space="preserve"> (Estilo: Resumo pt texto)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD28F1B" w14:textId="02CA50A1" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="004323A1" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71C8D9D8" w14:textId="33387DB4" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="004323A1" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Resumoestttulo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B2846">
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:r w:rsidR="00811D99">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00212600">
+        <w:t xml:space="preserve">(Estilo: Resumo </w:t>
+      </w:r>
+      <w:r w:rsidR="00D47C0C">
+        <w:t>est</w:t>
+      </w:r>
+      <w:r w:rsidR="00212600">
+        <w:t xml:space="preserve"> título)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415A27E8" w14:textId="49F5BA25" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="001577D6" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Resumoesttexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001577D6">
+        <w:t xml:space="preserve">Resumo com 150 (cento e cinquenta) a 250 (duzentos e cinquenta) palavras. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D47C0C">
+        <w:t>(Estilo: Resumo est texto)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001577D6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="250346D7" w14:textId="6A9F6ABE" w:rsidR="004323A1" w:rsidRPr="000F7CB1" w:rsidRDefault="004323A1" w:rsidP="000F7CB1">
+      <w:pPr>
+        <w:pStyle w:val="Resumoesttexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000F7CB1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="32"/>
+          <w:rStyle w:val="ResumoestlegendaChar"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F7CB1">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="003413BF" w:rsidRPr="000F7CB1">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1650B" w:rsidRPr="000F7CB1">
+        <w:t>e 3 a 5, separadas com ponto final</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F7CB1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A50777">
+        <w:t xml:space="preserve"> (Estilo: Resumo est texto)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A50777" w:rsidRPr="001577D6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4638ED02" w14:textId="525E26AC" w:rsidR="00A90B42" w:rsidRDefault="00A90B42" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50EE5C21" w14:textId="75551821" w:rsidR="008416A7" w:rsidRPr="009B2846" w:rsidRDefault="00F10F1C" w:rsidP="000B2011">
+      <w:pPr>
+        <w:pStyle w:val="Resumoestttulo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F10F1C">
+        <w:t>Resumen/resumé/</w:t>
+      </w:r>
+      <w:r>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10F1C">
+        <w:t>iepilogo</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10F1C">
+        <w:t>(escolha entre espanhol, francês ou italiano)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="247E0C5E" w14:textId="77777777" w:rsidR="000F7CB1" w:rsidRPr="009B2846" w:rsidRDefault="000F7CB1" w:rsidP="000F7CB1">
+      <w:pPr>
+        <w:pStyle w:val="Resumoesttexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001577D6">
+        <w:t xml:space="preserve">Resumo com 150 (cento e cinquenta) a 250 (duzentos e cinquenta) palavras. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(Estilo: Resumo est texto)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001577D6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12AD2A0C" w14:textId="2A1B4609" w:rsidR="000F7CB1" w:rsidRPr="000F7CB1" w:rsidRDefault="0000659D" w:rsidP="000F7CB1">
+      <w:pPr>
+        <w:pStyle w:val="Resumoesttexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0000659D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="32"/>
+          <w:rStyle w:val="ResumoestlegendaChar"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009538F1">
+        <w:t>Palabras clave/ Mots clé/Paroles chiave</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7CB1" w:rsidRPr="000F7CB1">
+        <w:t>: De 3 a 5, separadas com ponto final.</w:t>
+      </w:r>
+      <w:r w:rsidR="0057303A">
+        <w:t xml:space="preserve"> (Estilo: Resumo est texto)</w:t>
+      </w:r>
+      <w:r w:rsidR="0057303A" w:rsidRPr="001577D6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1394DCFC" w14:textId="77777777" w:rsidR="008416A7" w:rsidRDefault="008416A7" w:rsidP="006360B3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23346384" w14:textId="77777777" w:rsidR="001B2E2D" w:rsidRDefault="001B2E2D" w:rsidP="001B2E2D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07FB88D8" w14:textId="37B2C145" w:rsidR="00616D8E" w:rsidRPr="00F0669D" w:rsidRDefault="00F0669D" w:rsidP="00966CCC">
+      <w:pPr>
+        <w:pStyle w:val="TopicoNvel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0669D">
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2E2D" w:rsidRPr="00F0669D">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00372127" w:rsidRPr="00F0669D">
+        <w:t>ópico Nível 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t xml:space="preserve"> (Estilo: Tópico Nível 1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209EF3D9" w14:textId="3CB70DF0" w:rsidR="00706ED4" w:rsidRDefault="00C216C2" w:rsidP="006E6D3F">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...2 lines deleted...]
-          <w:sz w:val="32"/>
+          <w:rStyle w:val="FiguratituloChar"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...288 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Corpo de texto</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t xml:space="preserve"> (Estilo: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25" w:rsidRPr="00E43A25">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="32"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+        <w:t>Corpo do texto</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00966CCC">
+        <w:t xml:space="preserve">O texto pode conter </w:t>
+      </w:r>
+      <w:r w:rsidR="001F271C">
+        <w:t>tópicos subdivididos em até 4 níveis</w:t>
+      </w:r>
+      <w:r w:rsidR="001A61CD">
+        <w:t xml:space="preserve"> (por exemplo: 1; 1.1; 1.1.1; e 1.1.1.1).</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05FC9">
+        <w:t xml:space="preserve"> Para </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1980">
+        <w:t xml:space="preserve">formatar adequadamente </w:t>
+      </w:r>
+      <w:r w:rsidR="001766CC">
+        <w:t>a fonte e os espaçamentos de qualquer elemento do texto, selecione o trecho desejado e clique</w:t>
+      </w:r>
+      <w:r w:rsidR="00542DD4">
+        <w:t xml:space="preserve"> no nome correspondente na caixa Estilos do menu</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3D45">
+        <w:t xml:space="preserve"> Página Inicial</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04959">
+        <w:t xml:space="preserve"> (v</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0241">
+        <w:t>er</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04959">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4205">
+        <w:t>Figura</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04959">
+        <w:t xml:space="preserve"> 1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3D45">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5388C" w:rsidRPr="00D5388C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="32"/>
+          <w:rStyle w:val="FiguratituloChar"/>
         </w:rPr>
-      </w:pPr>
-[...733 lines deleted...]
-        </w:sectPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C75912F" w14:textId="3A73EC67" w:rsidR="00FB2FF5" w:rsidRDefault="00D5388C" w:rsidP="00B968DD">
+      <w:pPr>
+        <w:pStyle w:val="Figuratitulo"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251615744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="009EA022" wp14:editId="3CC08A5A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54318BD3" wp14:editId="03183645">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-2729865</wp:posOffset>
+              <wp:posOffset>40005</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>2695575</wp:posOffset>
+              <wp:posOffset>321310</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="638175" cy="223520"/>
-[...4 lines deleted...]
-            </wp:docPr>
+            <wp:extent cx="4524375" cy="692150"/>
+            <wp:effectExtent l="133350" t="114300" r="123825" b="165100"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="425598643" name="Imagem 2" descr="Interface gráfica do usuário, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1007026169" name="Imagem 9" descr="Uma imagem com captura de ecrã, símbolo, círculo, design&#10;&#10;Os conteúdos gerados por IA poderão estar incorretos.">
-[...1 lines deleted...]
-                    </pic:cNvPr>
+                    <pic:cNvPr id="425598643" name="Imagem 2" descr="Interface gráfica do usuário, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="638175" cy="223520"/>
+                      <a:ext cx="4524375" cy="692150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF">
+                        <a:shade val="85000"/>
+                      </a:srgbClr>
+                    </a:solidFill>
+                    <a:ln w="88900" cap="sq">
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF"/>
+                      </a:solidFill>
+                      <a:miter lim="800000"/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:outerShdw blurRad="55000" dist="18000" dir="5400000" algn="tl" rotWithShape="0">
+                        <a:srgbClr val="000000">
+                          <a:alpha val="40000"/>
+                        </a:srgbClr>
+                      </a:outerShdw>
+                    </a:effectLst>
+                    <a:scene3d>
+                      <a:camera prst="orthographicFront"/>
+                      <a:lightRig rig="twoPt" dir="t">
+                        <a:rot lat="0" lon="0" rev="7200000"/>
+                      </a:lightRig>
+                    </a:scene3d>
+                    <a:sp3d>
+                      <a:bevelT w="25400" h="19050"/>
+                      <a:contourClr>
+                        <a:srgbClr val="FFFFFF"/>
+                      </a:contourClr>
+                    </a:sp3d>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
+            <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
-            <wp14:sizeRelV relativeFrom="margin">
+            <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00A94B4E">
+      <w:r w:rsidRPr="003068FC">
         <w:rPr>
-          <w:noProof/>
-          <w:color w:val="D9D9D9"/>
+          <w:rStyle w:val="FiguratituloChar"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...983 lines deleted...]
-      </w:r>
+        <w:t>Figura 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003068FC">
+        <w:t>: Painel de Estilos do MS Word</w:t>
+      </w:r>
+      <w:r w:rsidR="00B661C6">
+        <w:t xml:space="preserve"> (Estilo: Figura título)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB0F973" w14:textId="7DDEB447" w:rsidR="00452849" w:rsidRDefault="00C00647" w:rsidP="00DE7CC9">
+      <w:pPr>
+        <w:pStyle w:val="Figurafonte"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003068FC">
+        <w:t xml:space="preserve"> Fonte: Aut</w:t>
+      </w:r>
+      <w:r w:rsidR="00D32105">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003068FC">
+        <w:t>res, 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00F527BA">
+        <w:t xml:space="preserve"> (Estilo: Figura </w:t>
+      </w:r>
+      <w:r w:rsidR="00B661C6">
+        <w:t>fonte</w:t>
+      </w:r>
+      <w:r w:rsidR="00F527BA">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B9E775" w14:textId="2DA5CA6D" w:rsidR="00452849" w:rsidRDefault="003068FC" w:rsidP="00D30579">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00616D8E">
+        <w:lastRenderedPageBreak/>
+        <w:t>As imagens adicionadas devem ter bom tamanho de visualização e boa qualidade. Não podem ter direitos autorais alheios a autoria do texto submetido.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30579">
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>e for obra de arte</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30579">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t xml:space="preserve"> seguir norma de ficha técnica: Autoria, título, ano, técnica, acervo</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30579">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE29EB">
+        <w:t xml:space="preserve"> Título da figura a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5388C">
+        <w:t>cima</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE29EB">
+        <w:t xml:space="preserve"> da imagem</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5388C">
+        <w:t xml:space="preserve"> e fonte abaixo</w:t>
+      </w:r>
+      <w:r w:rsidR="00B968DD">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2060F3BE" w14:textId="5B82E87C" w:rsidR="004D136E" w:rsidRDefault="009C2DF9" w:rsidP="008B463E">
+      <w:pPr>
+        <w:pStyle w:val="Tabelatitulo"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
+          <w:rStyle w:val="FiguratituloChar"/>
         </w:rPr>
-        <w:drawing>
-[...41 lines deleted...]
-      <w:r w:rsidR="009538F1" w:rsidRPr="005F287B">
+        <w:t>Tabela</w:t>
+      </w:r>
+      <w:r w:rsidR="004D136E" w:rsidRPr="003068FC">
         <w:rPr>
-          <w:noProof/>
-          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:rStyle w:val="FiguratituloChar"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...242 lines deleted...]
-        <w:ind w:left="142"/>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="004D136E" w:rsidRPr="003068FC">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Exemplo de tabela</w:t>
+      </w:r>
+      <w:r w:rsidR="004D136E" w:rsidRPr="003068FC">
+        <w:t xml:space="preserve"> [Fonte: Aut</w:t>
+      </w:r>
+      <w:r w:rsidR="00D32105">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="004D136E" w:rsidRPr="003068FC">
+        <w:t>res, 2025]</w:t>
+      </w:r>
+      <w:r w:rsidR="004D136E">
+        <w:t xml:space="preserve"> (Estilo: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D32105">
+        <w:t>Tabela</w:t>
+      </w:r>
+      <w:r w:rsidR="004D136E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D32105">
+        <w:t>titulo</w:t>
+      </w:r>
+      <w:r w:rsidR="004D136E">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="SimplesTabela2"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:left w:w="57" w:type="dxa"/>
+          <w:right w:w="57" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1179"/>
+        <w:gridCol w:w="1179"/>
+        <w:gridCol w:w="1180"/>
+        <w:gridCol w:w="1180"/>
+        <w:gridCol w:w="1180"/>
+        <w:gridCol w:w="1180"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0053419A" w:rsidRPr="00D32105" w14:paraId="5387BA43" w14:textId="77777777" w:rsidTr="00225BA5">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6082EC80" w14:textId="035A6021" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D2593" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelalegenda"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>Legenda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B7CEFB" w14:textId="3C4971E6" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelalegenda"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>LegA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8C3CEA" w14:textId="3D4E32C4" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelalegenda"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>LegB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E09ACA9" w14:textId="4994BED7" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelalegenda"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>LegC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24318618" w14:textId="26FCF26E" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelalegenda"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>LegD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF21120" w14:textId="1D1901D0" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelalegenda"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00225BA5">
+              <w:t>LegE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0053419A" w:rsidRPr="00D32105" w14:paraId="33BFFC02" w14:textId="77777777" w:rsidTr="00225BA5">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19017AAD" w14:textId="7CCA051C" w:rsidR="0053419A" w:rsidRPr="00A35E87" w:rsidRDefault="004D2593" w:rsidP="00A35E87">
+            <w:pPr>
+              <w:pStyle w:val="Tabelaentrada"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A35E87">
+              <w:t>Aaa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68CC0C9F" w14:textId="4A6138D3" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="770D1E6E" w14:textId="0ECDC6D4" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5546AA" w14:textId="07517422" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B84C664" w14:textId="5AE0E9E8" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FBBD3FB" w14:textId="017A53E9" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0053419A" w:rsidRPr="00D32105" w14:paraId="3D29D2CF" w14:textId="77777777" w:rsidTr="00225BA5">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67339890" w14:textId="6D2BB7AF" w:rsidR="0053419A" w:rsidRPr="00A35E87" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Corpodotexto"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A35E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bbb</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4170C339" w14:textId="61529662" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DFE45AA" w14:textId="386009B0" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC34A13" w14:textId="576087D7" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64FD8109" w14:textId="2D483A51" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4C10B5" w14:textId="21BA962A" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32105">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B3BB8" w:rsidRPr="00D32105" w14:paraId="027A70E1" w14:textId="77777777" w:rsidTr="00225BA5">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D4030C" w14:textId="73F95D19" w:rsidR="006B3BB8" w:rsidRPr="00A35E87" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Corpodotexto"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ccc</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1485CB37" w14:textId="771CD44C" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD1A703" w14:textId="09B5A159" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65011A78" w14:textId="27EB1F50" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76615B83" w14:textId="2DD70E5D" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10009C57" w14:textId="21171AA0" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
+            <w:pPr>
+              <w:pStyle w:val="Tabelatexto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="53EBFDBE" w14:textId="2C638937" w:rsidR="00452849" w:rsidRDefault="00D5388C" w:rsidP="00DE7CC9">
+      <w:pPr>
+        <w:pStyle w:val="Tabelafonte"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003068FC">
+        <w:t>Fonte: Aut</w:t>
+      </w:r>
+      <w:r>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003068FC">
+        <w:t>res, 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00452849">
+        <w:t xml:space="preserve"> (Estilo: Tabela fonte)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52719454" w14:textId="50F14B8B" w:rsidR="006B3BB8" w:rsidRDefault="00BF4FCF" w:rsidP="006B3BB8">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">As tabelas devem ser digitadas, e não inseridas como imagens. </w:t>
+      </w:r>
+      <w:r w:rsidR="004A136E">
+        <w:t>Título da tabela acima da mesma (Estilo: Tabela titulo)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB355B">
+        <w:t xml:space="preserve">. Dentro da tabela, a legenda das colunas utiliza o estilo Tabela legenda; a legenda das linhas utiliza o estilo Tabela entrada; e </w:t>
+      </w:r>
+      <w:r w:rsidR="005528AB">
+        <w:t>o conteúdo das células utiliza o estilo Tabela texto.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5388C">
+        <w:t xml:space="preserve"> Fonte abaixo como no modelo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187547B0" w14:textId="380EFC2A" w:rsidR="00616D8E" w:rsidRDefault="00DD5ACB" w:rsidP="00966CCC">
+      <w:pPr>
+        <w:pStyle w:val="TpicoNvel2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003136B2" w:rsidRPr="000B7771">
+        <w:t>.1 Tópico Nível 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t xml:space="preserve"> (Estilo: Tópico Nível 2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13814298" w14:textId="6DE77362" w:rsidR="000B7771" w:rsidRDefault="000B7771" w:rsidP="000B7771">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Corpo de texto</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t xml:space="preserve"> (Estilo: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25" w:rsidRPr="00E43A25">
         <w:rPr>
-          <w:i w:val="0"/>
-[...2 lines deleted...]
-          <w:spacing w:val="-2"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00960F93">
+        <w:t>Corpo do texto</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit. Cras sed efficitur quam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A60ED6E" w14:textId="032C9348" w:rsidR="000B7771" w:rsidRPr="005B4132" w:rsidRDefault="005B4132" w:rsidP="00966CCC">
+      <w:pPr>
+        <w:pStyle w:val="TpicoNvel3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7771" w:rsidRPr="005B4132">
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A801BD" w:rsidRPr="005B4132">
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7771" w:rsidRPr="005B4132">
+        <w:t xml:space="preserve"> Tópico Nível </w:t>
+      </w:r>
+      <w:r w:rsidR="00A801BD" w:rsidRPr="005B4132">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t xml:space="preserve"> (Estilo: Tópico Nível 3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54962EEC" w14:textId="63425935" w:rsidR="005B4132" w:rsidRDefault="005B4132" w:rsidP="005B4132">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Corpo de texto</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t xml:space="preserve"> (Estilo: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25" w:rsidRPr="00E43A25">
         <w:rPr>
-          <w:i w:val="0"/>
-[...2 lines deleted...]
-          <w:spacing w:val="-2"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
+        <w:t>Corpo do texto</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit. Cras sed efficitur quam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22074631" w14:textId="2550F8E4" w:rsidR="005B4132" w:rsidRPr="005B4132" w:rsidRDefault="005B4132" w:rsidP="00966CCC">
+      <w:pPr>
+        <w:pStyle w:val="TpicoNvel4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005B4132">
+        <w:t>1.1.1.1 Tópico Nível 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t xml:space="preserve"> (Estilo: Tópico Nível 4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4755E08F" w14:textId="54E58364" w:rsidR="00616D8E" w:rsidRPr="00616D8E" w:rsidRDefault="005B4132" w:rsidP="00874ABF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Corpo de texto</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t xml:space="preserve"> (Estilo: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25" w:rsidRPr="00E43A25">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Corpo do texto</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43A25">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit. Cras sed efficitur quam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4494AD1C" w14:textId="637EC8CD" w:rsidR="00616D8E" w:rsidRPr="00570E86" w:rsidRDefault="0098627B" w:rsidP="00B968DD">
+      <w:pPr>
+        <w:pStyle w:val="Citacaogrande"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00570E86">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00616D8E" w:rsidRPr="00570E86">
+        <w:t>itações acima de 3 linhas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> (Estilo: Citacao</w:t>
+      </w:r>
+      <w:r w:rsidR="00083637" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> grande)</w:t>
+      </w:r>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>. Lorem ipsum dolor sit amet, consectetur adipiscing elit. Cras sed efficitur quam. Etiam pharetra orci odio, ut interdum dolor tincidunt in. Nunc leo augue, sagittis non magna a elementum aliquet lacus (Autor, 0000, p. 00).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B00BC4D" w14:textId="7FFFEEE7" w:rsidR="00570E86" w:rsidRDefault="00670E15" w:rsidP="00874ABF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>R</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00C12A11" w:rsidRPr="00E03E29">
+        <w:t>Citações utilizando a norma ABNT mais atualizada</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13FB1">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13FB1" w:rsidRPr="00D13FB1">
+        <w:t>NBR 10520/23)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40778">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
-          <w:i w:val="0"/>
-[...2 lines deleted...]
-          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669CB76A" w14:textId="0B1ABA33" w:rsidR="00616D8E" w:rsidRPr="00616D8E" w:rsidRDefault="00670954" w:rsidP="00670954">
+      <w:pPr>
+        <w:pStyle w:val="TopicoNvel1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00616D8E" w:rsidRPr="00616D8E">
+        <w:t xml:space="preserve"> Conclusão/Considerações Finais</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25353F5E" w14:textId="38025950" w:rsidR="00616D8E" w:rsidRDefault="00616D8E" w:rsidP="00874ABF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk215733574"/>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>Ao final do texto do artigo, deve constar as informações completas do profissional que realizou a correção gramatical. A pessoa encarregada da correção deve ter, minimamente, graduação na área de Comunicação. Exigência obrigatória a ser apresentada na versão final do texto, após aprovação para publicação. Os dados do responsável pela correção são apresentados na última nota de rodapé</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk215733490"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00AA3EF5">
         <w:rPr>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-          <w:iCs w:val="0"/>
+          <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006C7BD7">
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714AFC08" w14:textId="5B3C4F02" w:rsidR="00B951BE" w:rsidRDefault="006055D7" w:rsidP="00874ABF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+        <w:sectPr w:rsidR="00B951BE" w:rsidSect="009211E6">
+          <w:headerReference w:type="default" r:id="rId17"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="3109" w:right="4251" w:bottom="1696" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>O artigo a ser submetido deve estar em</w:t>
+      </w:r>
+      <w:r w:rsidR="0077193F">
+        <w:t xml:space="preserve"> DOCX (Word)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t xml:space="preserve"> e sem autoria identificada no texto. Onde precisa constar o nome da autoria, na primeira versão, substituir por “Omitido para avaliação por pares”</w:t>
+      </w:r>
+      <w:r w:rsidR="00B951BE">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E24B42E" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRDefault="00A31F8D" w:rsidP="00770F5C">
+      <w:pPr>
+        <w:pStyle w:val="TpicoNvel2"/>
+        <w:spacing w:before="480" w:line="320" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00616D8E">
+        <w:lastRenderedPageBreak/>
+        <w:t>Agência de pesquisa financiadora da pesquisa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2121264C" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t xml:space="preserve">Caso haja financiamento da pesquisa que levou ao presente artigo ou recebimento de bolsa, deve ser acrescentado ao final, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">com </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>os nomes das agências e outras informações relativas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC7066E" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="614E751D" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="TpicoNvel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t xml:space="preserve">Declaração de conflito de Interesses </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19EFBA7F" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>Os autores declaram não ter conhecimento de conflitos de interesses financeiros ou relacionamentos pessoais que possam ter influenciado o trabalho relatado neste artigo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD24F43" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B378EDD" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00A031FC" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="TpicoNvel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A031FC">
+        <w:t>Declaração de Contribuição dos Autores e Colaboradores (CRediT - Contributor Roles Taxonomy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D707FBD" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>Ex: Concepção do trabalho: João da Silva; João teve a ideia inicial do projeto e formulou a hipótese da pesquisa. Metodologia: Maria Santos, Ana Oliveira; Maria e Ana projetaram a metodologia e realizaram os testes experimentais. Validação: Pedro Lima; Pedro verificou os dados experimentais e validou os resultados utilizando técnicas estatísticas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE14C20" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="113258FF" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="TpicoNvel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>Material suplementar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538CDB4B" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>O material suplementar referente a este artigo está disponível online.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC5AFF9" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03FCDA99" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="TpicoNvel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>Agradecimentos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F849A94" w14:textId="625BA6FF" w:rsidR="00A31F8D" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+        <w:sectPr w:rsidR="00A31F8D" w:rsidSect="009211E6">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="3109" w:right="4251" w:bottom="1696" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>aso tenha</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>xemplo</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t xml:space="preserve"> Gostaria de agradecer ao</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> __________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t xml:space="preserve"> da Escola de Design e Artes Criativas da Universidade de XXXXX, por apoiar a fabricação do novo XXXXX</w:t>
+      </w:r>
+      <w:r w:rsidR="00770F5C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E846542" w14:textId="3F681CFD" w:rsidR="00616D8E" w:rsidRPr="00616D8E" w:rsidRDefault="00616D8E" w:rsidP="00482AED">
+      <w:pPr>
+        <w:pStyle w:val="TopicoNvel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00616D8E">
+        <w:lastRenderedPageBreak/>
+        <w:t>Referências</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759B8F21" w14:textId="4AC2264D" w:rsidR="00616D8E" w:rsidRPr="00616D8E" w:rsidRDefault="00616D8E" w:rsidP="00874ABF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>Este subtítulo não recebe numeração.</w:t>
+      </w:r>
+      <w:r w:rsidR="00163E10">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>As referências bibliográficas, começam na página seguinte do final do artigo.</w:t>
+      </w:r>
+      <w:r w:rsidR="00163E10">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>Seguir as normas estabelecidas pela ABNT recente.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91F0B">
+        <w:t xml:space="preserve"> O texto das referências utiliza o estilo </w:t>
+      </w:r>
+      <w:r w:rsidR="00460383">
+        <w:t>Referência</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91F0B">
+        <w:t>; os termos em destaque das referências utilizam o estilo</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04BEE">
+        <w:t xml:space="preserve"> Refer</w:t>
+      </w:r>
+      <w:r w:rsidR="00460383">
+        <w:t>ê</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04BEE">
+        <w:t>ncia Destaque; e os termos em latim das referências utilizam o estilo Referência Latim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61510A4D" w14:textId="08E394CE" w:rsidR="00063D15" w:rsidRDefault="00063D15" w:rsidP="00874ABF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0126A0B6" w14:textId="1DE39428" w:rsidR="00427DE8" w:rsidRPr="00E17C38" w:rsidRDefault="00427DE8" w:rsidP="00E17C38">
+      <w:pPr>
+        <w:pStyle w:val="Referencia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00515E76">
+        <w:t xml:space="preserve">SOBRENOME, Nome. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B51D2">
         <w:rPr>
-          <w:b w:val="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rStyle w:val="ReferenciadestaqueChar"/>
         </w:rPr>
-        <w:t>Letra</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C7BD7">
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6AAF" w:rsidRPr="008B51D2">
         <w:rPr>
-          <w:b w:val="0"/>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rStyle w:val="ReferenciadestaqueChar"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C7BD7">
+        <w:t xml:space="preserve"> do livro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17C38">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6AAF" w:rsidRPr="00E17C38">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17C38">
+        <w:t>ubtítulo</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6AAF" w:rsidRPr="00E17C38">
+        <w:t xml:space="preserve"> do livro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17C38">
+        <w:t>. Edição (se não for a primeira). Local: Editora, ano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5B2080" w14:textId="1531BB9E" w:rsidR="00427DE8" w:rsidRPr="00515E76" w:rsidRDefault="00427DE8" w:rsidP="00E17C38">
+      <w:pPr>
+        <w:pStyle w:val="Referencia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00515E76">
+        <w:t>SOBRENOME</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6AAF" w:rsidRPr="00515E76">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515E76">
+        <w:t>, Nome</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6AAF" w:rsidRPr="00515E76">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515E76">
+        <w:t>; SOBRENOME</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6AAF" w:rsidRPr="00515E76">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515E76">
+        <w:t>, Nome</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6AAF" w:rsidRPr="00515E76">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515E76">
+        <w:t>; SOBRENOME</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6AAF" w:rsidRPr="00515E76">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515E76">
+        <w:t>, Nome</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6AAF" w:rsidRPr="00515E76">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515E76">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B51D2">
         <w:rPr>
-          <w:b w:val="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rStyle w:val="ReferenciadestaqueChar"/>
         </w:rPr>
-        <w:t>Arial,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C7BD7">
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6AAF" w:rsidRPr="008B51D2">
         <w:rPr>
-          <w:b w:val="0"/>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rStyle w:val="ReferenciadestaqueChar"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C7BD7">
+        <w:t xml:space="preserve"> do livr</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3399A" w:rsidRPr="008B51D2">
         <w:rPr>
-          <w:b w:val="0"/>
-[...581 lines deleted...]
-          <w:sz w:val="40"/>
+          <w:rStyle w:val="ReferenciadestaqueChar"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00363FF2">
+      <w:r w:rsidRPr="00515E76">
+        <w:t>. Edição. Local: Editora, ano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C79E3E7" w14:textId="597EFF4E" w:rsidR="00427DE8" w:rsidRPr="00515E76" w:rsidRDefault="00427DE8" w:rsidP="00E17C38">
+      <w:pPr>
+        <w:pStyle w:val="Referencia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00515E76">
+        <w:t>SOBRENOME</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3399A" w:rsidRPr="00515E76">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515E76">
+        <w:t>, Nome</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3399A" w:rsidRPr="00515E76">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515E76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F1300">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-          <w:sz w:val="40"/>
+          <w:rStyle w:val="ReferencialatimChar"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00363FF2">
+        <w:t>et al</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515E76">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B51D2">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-          <w:sz w:val="40"/>
+          <w:rStyle w:val="ReferenciadestaqueChar"/>
         </w:rPr>
-        <w:t xml:space="preserve">3º </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00363FF2">
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidR="00342E33" w:rsidRPr="008B51D2">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-          <w:sz w:val="40"/>
+          <w:rStyle w:val="ReferenciadestaqueChar"/>
         </w:rPr>
-        <w:t>resumo)</w:t>
-[...6 lines deleted...]
-        <w:ind w:left="142"/>
+        <w:t xml:space="preserve"> do livro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515E76">
+        <w:t>. Edição. Local: Editora, ano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E96CEBA" w14:textId="7815295A" w:rsidR="00427DE8" w:rsidRPr="00515E76" w:rsidRDefault="00427DE8" w:rsidP="00E17C38">
+      <w:pPr>
+        <w:pStyle w:val="Referencia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00515E76">
+        <w:t xml:space="preserve">SOBRENOME, Nome. Título do artigo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B51D2">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rStyle w:val="ReferenciadestaqueChar"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D51425">
+        <w:t>Nome do Periódico</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515E76">
+        <w:t>, v. [volume], n. [número], p. [páginas], mês. ano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56BD8422" w14:textId="77777777" w:rsidR="00726C1E" w:rsidRPr="00515E76" w:rsidRDefault="00726C1E" w:rsidP="00E17C38">
+      <w:pPr>
+        <w:pStyle w:val="Referencia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00515E76">
+        <w:t xml:space="preserve">SOBRENOME, Nome. Título do artigo digital. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B51D2">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rStyle w:val="ReferenciadestaqueChar"/>
         </w:rPr>
-        <w:t>Idem +</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D51425">
+        <w:t>Nome do Site</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515E76">
+        <w:t>, Local de publicação, data de publicação. Disponível em: &lt;endereço completo do link&gt;. Acesso em: dia. mês. ano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A365E2" w14:textId="1E59100C" w:rsidR="00427DE8" w:rsidRDefault="00427DE8" w:rsidP="00E17C38">
+      <w:pPr>
+        <w:pStyle w:val="Referencia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00515E76">
+        <w:t xml:space="preserve">SOBRENOME, Nome. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F1300">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rStyle w:val="ReferenciadestaqueChar"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D51425">
+        <w:t>Título do trabalho</w:t>
+      </w:r>
+      <w:r w:rsidR="00342E33" w:rsidRPr="006F1300">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rStyle w:val="ReferenciadestaqueChar"/>
         </w:rPr>
-        <w:t>itálico</w:t>
-[...2220 lines deleted...]
-      <w:docGrid w:linePitch="299"/>
+        <w:t xml:space="preserve"> acadêmico</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515E76">
+        <w:t>. Ano. Número de folhas ou páginas. Tipo de trabalho (grau e área) – Instituição, local, ano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EFACE21" w14:textId="77777777" w:rsidR="008B1387" w:rsidRDefault="008B1387" w:rsidP="00874ABF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F888493" w14:textId="6EB7C8BA" w:rsidR="008B1387" w:rsidRPr="009B2846" w:rsidRDefault="008B1387" w:rsidP="00874ABF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodotexto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008B1387" w:rsidRPr="009B2846" w:rsidSect="009211E6">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="3109" w:right="4251" w:bottom="1696" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="076E6222" w14:textId="77777777" w:rsidR="002F3748" w:rsidRDefault="002F3748">
+    <w:p w14:paraId="44D012E0" w14:textId="77777777" w:rsidR="00A2699D" w:rsidRDefault="00A2699D" w:rsidP="00063D15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08D57027" w14:textId="77777777" w:rsidR="002F3748" w:rsidRDefault="002F3748">
+    <w:p w14:paraId="6F348AE7" w14:textId="77777777" w:rsidR="00A2699D" w:rsidRDefault="00A2699D" w:rsidP="00063D15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{4B770AEB-42EF-4F42-9EE8-2975AC362A8A}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{6D5A1841-343F-4893-B01A-09E5BB1C209E}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{762F7F88-47E7-465F-83D9-8D19625A3526}"/>
+    <w:embedBoldItalic r:id="rId4" w:fontKey="{86B0D809-5D7C-473B-9626-8B90CD9B95E0}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{95B2E3EA-F21B-4785-8C5E-50E0E320C94F}"/>
   </w:font>
-  <w:font w:name="Arial MT">
-[...1 lines deleted...]
-    <w:charset w:val="01"/>
+  <w:font w:name="Lato">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{B7DF48CB-1A56-4948-BC5B-7112C866AD97}"/>
+    <w:embedBold r:id="rId7" w:fontKey="{D4BD8DB1-FE2D-457E-ABFB-79BA0FF94A32}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{B963126D-007E-4E55-AD11-F10A6F480A62}"/>
+    <w:embedBoldItalic r:id="rId9" w:fontKey="{B55724C1-8DDD-49B1-994F-BB2D30766482}"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Times New Roman (Corpo CS)">
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Lato Light">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{30246FB0-B012-460A-B6A1-923A4B458C4B}"/>
+  </w:font>
+  <w:font w:name="Open Sans">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId11" w:fontKey="{36F471E8-8576-4061-B502-842E3F3F3D14}"/>
+    <w:embedBold r:id="rId12" w:fontKey="{0A7868AB-84B5-430F-804C-01F175A624FE}"/>
+  </w:font>
+  <w:font w:name="Lato SemiBold">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId13" w:fontKey="{CE38DF0E-2BAB-4402-B8AF-930D0E477F71}"/>
+    <w:embedBold r:id="rId14" w:fontKey="{F4707BBA-0CFB-4A75-8FFB-68EDE2D9C2B4}"/>
+    <w:embedItalic r:id="rId15" w:fontKey="{03271467-15D0-448F-9AAA-864506384273}"/>
+  </w:font>
+  <w:font w:name="Lato Bold">
+    <w:altName w:val="Segoe UI"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId16" w:fontKey="{41BF8DA7-87B8-4033-839D-A7D13415E183}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1190184206"/>
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+      </w:rPr>
+      <w:id w:val="-878160372"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="2AC6A947" w14:textId="434F3CD0" w:rsidR="00E666A8" w:rsidRDefault="00E666A8" w:rsidP="00BF5ABE">
+        <w:pPr>
+          <w:pStyle w:val="Rodap"/>
+          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="24A00AAF" w14:textId="77777777" w:rsidR="00E666A8" w:rsidRDefault="00E666A8" w:rsidP="00E666A8">
+    <w:pPr>
+      <w:pStyle w:val="Rodap"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+      </w:rPr>
+      <w:id w:val="-11375098"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="7D78EA0A" w14:textId="1C7758C7" w:rsidR="00E666A8" w:rsidRPr="003500BC" w:rsidRDefault="00E666A8" w:rsidP="0025412E">
+        <w:pPr>
+          <w:pStyle w:val="Numeropagina"/>
+          <w:framePr w:wrap="none"/>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="006565F8">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="006565F8">
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="006565F8">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="006565F8">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="006565F8">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="25BDCD47" w14:textId="17835F6E" w:rsidR="00E666A8" w:rsidRPr="003500BC" w:rsidRDefault="004323A1" w:rsidP="0025412E">
+    <w:pPr>
+      <w:pStyle w:val="Rodape"/>
+    </w:pPr>
+    <w:r w:rsidRPr="003500BC">
+      <w:t>REAMD, Florianópolis, v. X, n. X, p. XX-XX, 2025-2026. UDESC. ISSN:2594-4630.</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+      </w:rPr>
+      <w:id w:val="1387058364"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-        <w:szCs w:val="30"/>
+        <w:rStyle w:val="Fontepargpadro"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="0A29B5E5" w14:textId="416F021B" w:rsidR="006B4504" w:rsidRPr="006B4504" w:rsidRDefault="006B4504">
+      <w:p w14:paraId="099CC374" w14:textId="724FDAC8" w:rsidR="00440A7D" w:rsidRPr="006565F8" w:rsidRDefault="00440A7D" w:rsidP="006565F8">
         <w:pPr>
-          <w:pStyle w:val="Rodap"/>
-[...5 lines deleted...]
-          </w:rPr>
+          <w:pStyle w:val="Numeropagina"/>
+          <w:framePr w:wrap="none"/>
         </w:pPr>
-        <w:r w:rsidRPr="006B4504">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="006B4504">
-[...5 lines deleted...]
-          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        <w:r w:rsidRPr="006565F8">
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="006B4504">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="006B4504">
-[...6 lines deleted...]
-          <w:t>2</w:t>
+        <w:r w:rsidRPr="006565F8">
+          <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="006B4504">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="203284EB" w14:textId="5F72E583" w:rsidR="002A62F7" w:rsidRDefault="006B4504">
+  <w:p w14:paraId="361DE90E" w14:textId="77777777" w:rsidR="00440A7D" w:rsidRDefault="00440A7D" w:rsidP="00440A7D">
     <w:pPr>
-      <w:pStyle w:val="Corpodetexto"/>
-      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:pStyle w:val="Rodap"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7D40ABC1" w14:textId="77777777" w:rsidR="00A2699D" w:rsidRDefault="00A2699D" w:rsidP="00063D15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="5DBFCFD4" w14:textId="77777777" w:rsidR="00A2699D" w:rsidRDefault="00A2699D" w:rsidP="00063D15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="173A1181" w14:textId="0BCCCBA3" w:rsidR="00D40778" w:rsidRPr="005B3A3E" w:rsidRDefault="00D40778" w:rsidP="005B3A3E">
+      <w:pPr>
+        <w:pStyle w:val="Notarodape"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005B3A3E">
+        <w:rPr>
+          <w:rStyle w:val="NotanumeroChar"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="005B3A3E">
+        <w:rPr>
+          <w:rStyle w:val="NotanumeroChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3A3E">
+        <w:t xml:space="preserve">Nota de rodapé (Estilo: Nota </w:t>
+      </w:r>
+      <w:r w:rsidR="005518F4" w:rsidRPr="005B3A3E">
+        <w:t>rodape</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3A3E">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="1C4F9A34" w14:textId="78F6B887" w:rsidR="00AA3EF5" w:rsidRPr="005B3A3E" w:rsidRDefault="00AA3EF5" w:rsidP="005B3A3E">
+      <w:pPr>
+        <w:pStyle w:val="Notarodape"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005B3A3E">
+        <w:rPr>
+          <w:rStyle w:val="NotanumeroChar"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="005B3A3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD65A0" w:rsidRPr="005B3A3E">
+        <w:t>Correção gramatical realizada por: Nome Completo, titulação, instituição, ano e E-mail (Lattes/ORCID são opcionais).</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0AACF780" w14:textId="25F9D4BC" w:rsidR="00063D15" w:rsidRDefault="00000000">
+    <w:r>
       <w:rPr>
-        <w:sz w:val="20"/>
+        <w:noProof/>
       </w:rPr>
+      <w:pict w14:anchorId="3EDA08EE">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="WordPictureWatermark515372326" o:spid="_x0000_s1025" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:589pt;height:833.15pt;z-index:-251657216;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
+          <v:imagedata r:id="rId1" o:title="reamd-02" gain="19661f" blacklevel="22938f"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C9E2848" w14:textId="7E3EAAD5" w:rsidR="00063D15" w:rsidRDefault="00063D15" w:rsidP="00C26A65">
+    <w:pPr>
+      <w:ind w:left="284" w:firstLine="142"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11AE7260" wp14:editId="66A04D8E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="452CB466" wp14:editId="3FCF8945">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>982345</wp:posOffset>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-402575</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="page">
-            <wp:posOffset>10083165</wp:posOffset>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-450215</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="946785" cy="331470"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="7590726" cy="10729076"/>
+          <wp:effectExtent l="0" t="0" r="4445" b="2540"/>
           <wp:wrapNone/>
-          <wp:docPr id="1691325385" name="Image 18" descr="Interface gráfica do usuário, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto.">
-[...1 lines deleted...]
-          </wp:docPr>
+          <wp:docPr id="1828932044" name="Imagem 2"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1691325385" name="Image 18" descr="Interface gráfica do usuário, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto.">
-[...1 lines deleted...]
-                  </pic:cNvPr>
+                  <pic:cNvPr id="735967623" name="Imagem 2"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2" cstate="print"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="946785" cy="331470"/>
+                    <a:ext cx="7590726" cy="10729076"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1B1ADAAE" w14:textId="085EB566" w:rsidR="00063D15" w:rsidRDefault="007B114D">
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="20"/>
-[...651 lines deleted...]
-        <w:sz w:val="36"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251649024" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7674AAC9" wp14:editId="4F3D310C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3461C52D" wp14:editId="1A41614A">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>22860</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>center</wp:align>
           </wp:positionH>
-          <wp:positionV relativeFrom="page">
-            <wp:posOffset>160021</wp:posOffset>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-471170</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7543800" cy="9753600"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="7582407" cy="10717318"/>
+          <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
-          <wp:docPr id="2090860118" name="Image 20" descr="Fundo preto com letras brancas&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+          <wp:docPr id="490686656" name="Imagem 1"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="20" name="Image 20" descr="Fundo preto com letras brancas&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+                  <pic:cNvPr id="1290786829" name="Imagem 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7543800" cy="9753600"/>
+                    <a:ext cx="7582407" cy="10717318"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
+          <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="margin">
+          <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="006C3465">
-[...430 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5F696BEE" w14:textId="41A6DCD8" w:rsidR="006C36EB" w:rsidRDefault="006C36EB">
+  <w:p w14:paraId="1B3669B6" w14:textId="0E2A229B" w:rsidR="004A765F" w:rsidRPr="005D32C1" w:rsidRDefault="002F5732" w:rsidP="007D02F0">
     <w:pPr>
-      <w:pStyle w:val="Cabealho"/>
+      <w:pStyle w:val="Cabecalhotitulo"/>
+      <w:framePr w:wrap="around"/>
     </w:pPr>
-    <w:r w:rsidRPr="005F287B">
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> REF titArtigoBook </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00EB311E" w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:alias w:val="TituloArtigo"/>
+        <w:tag w:val="titArt"/>
+        <w:id w:val="1963683960"/>
+        <w:lock w:val="sdtLocked"/>
+        <w:placeholder>
+          <w:docPart w:val="02A4FB6767B84509843F404E897D0BBA"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidRPr="005D32C1">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Título aqui...</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="29AFBB33" w14:textId="017E5CD8" w:rsidR="002F5732" w:rsidRPr="005D32C1" w:rsidRDefault="002F5732" w:rsidP="007D02F0">
+    <w:pPr>
+      <w:pStyle w:val="Cabecalhoautor"/>
+      <w:framePr w:wrap="around"/>
+    </w:pPr>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> REF aut1Book </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00EB311E" w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="autor1"/>
+        <w:tag w:val="aut1"/>
+        <w:id w:val="-793133964"/>
+        <w:lock w:val="sdtLocked"/>
+        <w:placeholder>
+          <w:docPart w:val="33232FF9635F46CCAC1AE467A3FDC179"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidRPr="005D32C1">
+          <w:t>Nome do autor 1</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5703B1C9" w14:textId="67BC7759" w:rsidR="002F5732" w:rsidRPr="005D32C1" w:rsidRDefault="002F5732" w:rsidP="007D02F0">
+    <w:pPr>
+      <w:pStyle w:val="Cabecalhoautor"/>
+      <w:framePr w:wrap="around"/>
+    </w:pPr>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> REF aut2Book </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00EB311E" w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="autor2"/>
+        <w:tag w:val="aut2"/>
+        <w:id w:val="716014035"/>
+        <w:placeholder>
+          <w:docPart w:val="A55E5AE9AB38459EB21C8C67C790ADCD"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidRPr="005D32C1">
+          <w:t>Nome do autor 2</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="65115232" w14:textId="443B89F8" w:rsidR="002F5732" w:rsidRPr="005D32C1" w:rsidRDefault="002F5732" w:rsidP="007D02F0">
+    <w:pPr>
+      <w:pStyle w:val="Cabecalhoautor"/>
+      <w:framePr w:wrap="around"/>
+    </w:pPr>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> REF aut3Book </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00EB311E" w:rsidRPr="005D32C1">
+      <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="autor3"/>
+        <w:tag w:val="aut3"/>
+        <w:id w:val="-1863585990"/>
+        <w:placeholder>
+          <w:docPart w:val="05C4C231867A43F5AFB3A0B17B61B2ED"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidRPr="005D32C1">
+          <w:t>Nome do autor 3</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidRPr="005D32C1">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6B2725C0" w14:textId="77777777" w:rsidR="005D02B5" w:rsidRPr="00092334" w:rsidRDefault="00FD499E" w:rsidP="007D02F0">
+    <w:pPr>
+      <w:pStyle w:val="Cabecalhosecao"/>
+      <w:framePr w:wrap="around"/>
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> REF nomeSecBook  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="nomeSecao"/>
+        <w:tag w:val="sec"/>
+        <w:id w:val="-274872415"/>
+        <w:lock w:val="sdtLocked"/>
+        <w:placeholder>
+          <w:docPart w:val="49C2B372E0B144D1964D56A9040FA4DF"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidR="005D02B5" w:rsidRPr="005D02B5">
+          <w:t>Nome da seção aqui...</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+  <w:p w14:paraId="6EE304F9" w14:textId="12CA348B" w:rsidR="004F1A8E" w:rsidRPr="00A8358D" w:rsidRDefault="00FD499E" w:rsidP="00453E07">
+    <w:pPr>
+      <w:framePr w:w="7513" w:h="511" w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="3745" w:y="556"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        <w:b/>
+        <w:bCs/>
+        <w:spacing w:val="100"/>
+        <w:sz w:val="30"/>
+        <w:szCs w:val="30"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        <w:b/>
+        <w:bCs/>
+        <w:spacing w:val="100"/>
+        <w:sz w:val="30"/>
+        <w:szCs w:val="30"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3866A65F" w14:textId="3F3C8BE1" w:rsidR="00063D15" w:rsidRDefault="00063D15" w:rsidP="007B114D">
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251691520" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39731C5E" wp14:editId="49A7DC0E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="0390143B" wp14:editId="016C8279">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>1270</wp:posOffset>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-381635</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>-7514</wp:posOffset>
+            <wp:posOffset>10795</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7560564" cy="10692383"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="7574400" cy="10706400"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1" name="Image 1" descr="Padrão do plano de fundo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+          <wp:docPr id="764868255" name="Imagem 3"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Image 1" descr="Padrão do plano de fundo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+                  <pic:cNvPr id="764868255" name="Imagem 3"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7560564" cy="10692383"/>
+                    <a:ext cx="7574400" cy="10706400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...255 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:embedTrueTypeFonts/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002A62F7"/>
-[...98 lines deleted...]
-    <w:rsid w:val="00FE6D37"/>
+    <w:rsidRoot w:val="00063D15"/>
+    <w:rsid w:val="0000659D"/>
+    <w:rsid w:val="00006CE0"/>
+    <w:rsid w:val="00025199"/>
+    <w:rsid w:val="00025DF9"/>
+    <w:rsid w:val="00031A37"/>
+    <w:rsid w:val="000547D9"/>
+    <w:rsid w:val="00063D15"/>
+    <w:rsid w:val="00064F26"/>
+    <w:rsid w:val="00083637"/>
+    <w:rsid w:val="000866FB"/>
+    <w:rsid w:val="00092334"/>
+    <w:rsid w:val="000B2011"/>
+    <w:rsid w:val="000B3DAC"/>
+    <w:rsid w:val="000B49D5"/>
+    <w:rsid w:val="000B7771"/>
+    <w:rsid w:val="000F14BD"/>
+    <w:rsid w:val="000F55E7"/>
+    <w:rsid w:val="000F7CB1"/>
+    <w:rsid w:val="00105DCB"/>
+    <w:rsid w:val="00110C65"/>
+    <w:rsid w:val="00113D93"/>
+    <w:rsid w:val="00115AB1"/>
+    <w:rsid w:val="0013189F"/>
+    <w:rsid w:val="001509DC"/>
+    <w:rsid w:val="00151F6C"/>
+    <w:rsid w:val="001577D6"/>
+    <w:rsid w:val="00163E10"/>
+    <w:rsid w:val="00175B23"/>
+    <w:rsid w:val="001766CC"/>
+    <w:rsid w:val="001A61CD"/>
+    <w:rsid w:val="001B2977"/>
+    <w:rsid w:val="001B2E2D"/>
+    <w:rsid w:val="001C7B60"/>
+    <w:rsid w:val="001D58A7"/>
+    <w:rsid w:val="001E363C"/>
+    <w:rsid w:val="001F271C"/>
+    <w:rsid w:val="00200A1A"/>
+    <w:rsid w:val="00212600"/>
+    <w:rsid w:val="00214CA6"/>
+    <w:rsid w:val="00216EB8"/>
+    <w:rsid w:val="00225BA5"/>
+    <w:rsid w:val="00231D8C"/>
+    <w:rsid w:val="002407F3"/>
+    <w:rsid w:val="00253753"/>
+    <w:rsid w:val="0025412E"/>
+    <w:rsid w:val="00264486"/>
+    <w:rsid w:val="00267097"/>
+    <w:rsid w:val="002A082D"/>
+    <w:rsid w:val="002A5D6C"/>
+    <w:rsid w:val="002B468F"/>
+    <w:rsid w:val="002C25E1"/>
+    <w:rsid w:val="002C3166"/>
+    <w:rsid w:val="002D772C"/>
+    <w:rsid w:val="002E21D4"/>
+    <w:rsid w:val="002F5732"/>
+    <w:rsid w:val="003068FC"/>
+    <w:rsid w:val="003136B2"/>
+    <w:rsid w:val="003150E2"/>
+    <w:rsid w:val="00321366"/>
+    <w:rsid w:val="00333ED2"/>
+    <w:rsid w:val="00335AC9"/>
+    <w:rsid w:val="003413BF"/>
+    <w:rsid w:val="00342E33"/>
+    <w:rsid w:val="00346796"/>
+    <w:rsid w:val="003500BC"/>
+    <w:rsid w:val="003604CC"/>
+    <w:rsid w:val="00372127"/>
+    <w:rsid w:val="00377E8E"/>
+    <w:rsid w:val="00391854"/>
+    <w:rsid w:val="00395714"/>
+    <w:rsid w:val="00397B6F"/>
+    <w:rsid w:val="003A510C"/>
+    <w:rsid w:val="003C3611"/>
+    <w:rsid w:val="003C7DB0"/>
+    <w:rsid w:val="003F0617"/>
+    <w:rsid w:val="003F34DA"/>
+    <w:rsid w:val="00407573"/>
+    <w:rsid w:val="00427DE8"/>
+    <w:rsid w:val="004323A1"/>
+    <w:rsid w:val="004345C9"/>
+    <w:rsid w:val="00440A7D"/>
+    <w:rsid w:val="00452849"/>
+    <w:rsid w:val="00453E07"/>
+    <w:rsid w:val="00455078"/>
+    <w:rsid w:val="00460383"/>
+    <w:rsid w:val="0046643E"/>
+    <w:rsid w:val="00482AED"/>
+    <w:rsid w:val="004A136E"/>
+    <w:rsid w:val="004A31FA"/>
+    <w:rsid w:val="004A765F"/>
+    <w:rsid w:val="004D136E"/>
+    <w:rsid w:val="004D1C50"/>
+    <w:rsid w:val="004D2593"/>
+    <w:rsid w:val="004D2BC3"/>
+    <w:rsid w:val="004D4205"/>
+    <w:rsid w:val="004F1A8E"/>
+    <w:rsid w:val="004F5055"/>
+    <w:rsid w:val="0050022C"/>
+    <w:rsid w:val="00514DBA"/>
+    <w:rsid w:val="00515AC9"/>
+    <w:rsid w:val="00515E76"/>
+    <w:rsid w:val="00523B23"/>
+    <w:rsid w:val="0053419A"/>
+    <w:rsid w:val="00542DD4"/>
+    <w:rsid w:val="005518F4"/>
+    <w:rsid w:val="005527DD"/>
+    <w:rsid w:val="005528AB"/>
+    <w:rsid w:val="0056768D"/>
+    <w:rsid w:val="00570E86"/>
+    <w:rsid w:val="0057303A"/>
+    <w:rsid w:val="00573F18"/>
+    <w:rsid w:val="0058111F"/>
+    <w:rsid w:val="005853C9"/>
+    <w:rsid w:val="005B0FAB"/>
+    <w:rsid w:val="005B3A3E"/>
+    <w:rsid w:val="005B4132"/>
+    <w:rsid w:val="005D02B5"/>
+    <w:rsid w:val="005D32C1"/>
+    <w:rsid w:val="005E0241"/>
+    <w:rsid w:val="005E22FD"/>
+    <w:rsid w:val="005E4549"/>
+    <w:rsid w:val="005F4161"/>
+    <w:rsid w:val="006055D7"/>
+    <w:rsid w:val="00607CD1"/>
+    <w:rsid w:val="00616D8E"/>
+    <w:rsid w:val="006337E4"/>
+    <w:rsid w:val="006360B3"/>
+    <w:rsid w:val="00640720"/>
+    <w:rsid w:val="006555A6"/>
+    <w:rsid w:val="00655AC5"/>
+    <w:rsid w:val="006565F8"/>
+    <w:rsid w:val="00670954"/>
+    <w:rsid w:val="00670E15"/>
+    <w:rsid w:val="006B3BB8"/>
+    <w:rsid w:val="006E5B1F"/>
+    <w:rsid w:val="006E6D3F"/>
+    <w:rsid w:val="006E70DA"/>
+    <w:rsid w:val="006F1300"/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:rsid w:val="006F5E5F"/>
+    <w:rsid w:val="00700810"/>
+    <w:rsid w:val="00706ED4"/>
+    <w:rsid w:val="00726C1E"/>
+    <w:rsid w:val="00734C3D"/>
+    <w:rsid w:val="00746DCD"/>
+    <w:rsid w:val="00747601"/>
+    <w:rsid w:val="00752405"/>
+    <w:rsid w:val="00756488"/>
+    <w:rsid w:val="007635C2"/>
+    <w:rsid w:val="00770F5C"/>
+    <w:rsid w:val="0077144E"/>
+    <w:rsid w:val="0077193F"/>
+    <w:rsid w:val="007800A1"/>
+    <w:rsid w:val="00780979"/>
+    <w:rsid w:val="007A066F"/>
+    <w:rsid w:val="007B114D"/>
+    <w:rsid w:val="007B1749"/>
+    <w:rsid w:val="007C6A0B"/>
+    <w:rsid w:val="007D02F0"/>
+    <w:rsid w:val="007F570A"/>
+    <w:rsid w:val="00811D99"/>
+    <w:rsid w:val="00836B50"/>
+    <w:rsid w:val="00837C4B"/>
+    <w:rsid w:val="008416A7"/>
+    <w:rsid w:val="008729D2"/>
+    <w:rsid w:val="00874ABF"/>
+    <w:rsid w:val="00875C18"/>
+    <w:rsid w:val="00885A63"/>
+    <w:rsid w:val="008B0185"/>
+    <w:rsid w:val="008B1387"/>
+    <w:rsid w:val="008B1EE7"/>
+    <w:rsid w:val="008B463E"/>
+    <w:rsid w:val="008B51D2"/>
+    <w:rsid w:val="008C04C6"/>
+    <w:rsid w:val="008D2DD2"/>
+    <w:rsid w:val="008E1A4D"/>
+    <w:rsid w:val="008E46C3"/>
+    <w:rsid w:val="008F7777"/>
+    <w:rsid w:val="00913D6A"/>
+    <w:rsid w:val="009211E6"/>
+    <w:rsid w:val="00922C5A"/>
+    <w:rsid w:val="00947E1A"/>
+    <w:rsid w:val="00952E24"/>
+    <w:rsid w:val="009578B0"/>
+    <w:rsid w:val="00961C33"/>
+    <w:rsid w:val="00966CCC"/>
+    <w:rsid w:val="0096751C"/>
+    <w:rsid w:val="00973053"/>
+    <w:rsid w:val="009763F9"/>
+    <w:rsid w:val="00980DD3"/>
+    <w:rsid w:val="00984ECD"/>
+    <w:rsid w:val="0098627B"/>
+    <w:rsid w:val="00991FBE"/>
+    <w:rsid w:val="009B2846"/>
+    <w:rsid w:val="009C03F1"/>
+    <w:rsid w:val="009C2DF9"/>
+    <w:rsid w:val="009D4AD0"/>
+    <w:rsid w:val="009E0C5F"/>
+    <w:rsid w:val="009F2BFF"/>
+    <w:rsid w:val="009F4483"/>
+    <w:rsid w:val="00A02692"/>
+    <w:rsid w:val="00A031FC"/>
+    <w:rsid w:val="00A05FC9"/>
+    <w:rsid w:val="00A1650B"/>
+    <w:rsid w:val="00A22A8B"/>
+    <w:rsid w:val="00A23CB8"/>
+    <w:rsid w:val="00A2699D"/>
+    <w:rsid w:val="00A30230"/>
+    <w:rsid w:val="00A31F8D"/>
+    <w:rsid w:val="00A35E87"/>
+    <w:rsid w:val="00A35F01"/>
+    <w:rsid w:val="00A370AD"/>
+    <w:rsid w:val="00A4418A"/>
+    <w:rsid w:val="00A458A0"/>
+    <w:rsid w:val="00A50777"/>
+    <w:rsid w:val="00A7798B"/>
+    <w:rsid w:val="00A801BD"/>
+    <w:rsid w:val="00A8358D"/>
+    <w:rsid w:val="00A90B42"/>
+    <w:rsid w:val="00AA1C03"/>
+    <w:rsid w:val="00AA3EF5"/>
+    <w:rsid w:val="00AA4763"/>
+    <w:rsid w:val="00AD2429"/>
+    <w:rsid w:val="00AD3D45"/>
+    <w:rsid w:val="00AD65A0"/>
+    <w:rsid w:val="00AD7619"/>
+    <w:rsid w:val="00AE29EB"/>
+    <w:rsid w:val="00AF6AAF"/>
+    <w:rsid w:val="00B21C02"/>
+    <w:rsid w:val="00B37ECD"/>
+    <w:rsid w:val="00B539D7"/>
+    <w:rsid w:val="00B6206A"/>
+    <w:rsid w:val="00B661C6"/>
+    <w:rsid w:val="00B665C5"/>
+    <w:rsid w:val="00B71FAF"/>
+    <w:rsid w:val="00B948D9"/>
+    <w:rsid w:val="00B951BE"/>
+    <w:rsid w:val="00B968DD"/>
+    <w:rsid w:val="00BA0EA4"/>
+    <w:rsid w:val="00BE7FF5"/>
+    <w:rsid w:val="00BF4FCF"/>
+    <w:rsid w:val="00C00647"/>
+    <w:rsid w:val="00C027C6"/>
+    <w:rsid w:val="00C05637"/>
+    <w:rsid w:val="00C214DC"/>
+    <w:rsid w:val="00C216C2"/>
+    <w:rsid w:val="00C26A65"/>
+    <w:rsid w:val="00C3284C"/>
+    <w:rsid w:val="00C3399A"/>
+    <w:rsid w:val="00C42C94"/>
+    <w:rsid w:val="00C43EC7"/>
+    <w:rsid w:val="00C5131D"/>
+    <w:rsid w:val="00C54D4E"/>
+    <w:rsid w:val="00C551C0"/>
+    <w:rsid w:val="00C5790A"/>
+    <w:rsid w:val="00C73F7C"/>
+    <w:rsid w:val="00C836D3"/>
+    <w:rsid w:val="00C85546"/>
+    <w:rsid w:val="00CB355B"/>
+    <w:rsid w:val="00CB5BCA"/>
+    <w:rsid w:val="00CC370D"/>
+    <w:rsid w:val="00D00E76"/>
+    <w:rsid w:val="00D071F4"/>
+    <w:rsid w:val="00D13FB1"/>
+    <w:rsid w:val="00D30579"/>
+    <w:rsid w:val="00D32105"/>
+    <w:rsid w:val="00D40778"/>
+    <w:rsid w:val="00D41C2B"/>
+    <w:rsid w:val="00D47C0C"/>
+    <w:rsid w:val="00D50447"/>
+    <w:rsid w:val="00D50D1A"/>
+    <w:rsid w:val="00D5388C"/>
+    <w:rsid w:val="00D60BE5"/>
+    <w:rsid w:val="00D65A8D"/>
+    <w:rsid w:val="00D66663"/>
+    <w:rsid w:val="00D7197C"/>
+    <w:rsid w:val="00D76DB6"/>
+    <w:rsid w:val="00D903E1"/>
+    <w:rsid w:val="00D94111"/>
+    <w:rsid w:val="00D94791"/>
+    <w:rsid w:val="00D9625C"/>
+    <w:rsid w:val="00DC2C74"/>
+    <w:rsid w:val="00DC400C"/>
+    <w:rsid w:val="00DD1980"/>
+    <w:rsid w:val="00DD5ACB"/>
+    <w:rsid w:val="00DE6FA4"/>
+    <w:rsid w:val="00DE7CC9"/>
+    <w:rsid w:val="00DF20D4"/>
+    <w:rsid w:val="00DF72F9"/>
+    <w:rsid w:val="00E15943"/>
+    <w:rsid w:val="00E17C38"/>
+    <w:rsid w:val="00E21443"/>
+    <w:rsid w:val="00E23EE0"/>
+    <w:rsid w:val="00E43A25"/>
+    <w:rsid w:val="00E44186"/>
+    <w:rsid w:val="00E665D6"/>
+    <w:rsid w:val="00E666A8"/>
+    <w:rsid w:val="00E76142"/>
+    <w:rsid w:val="00E91F0B"/>
+    <w:rsid w:val="00EB311E"/>
+    <w:rsid w:val="00EC1B27"/>
+    <w:rsid w:val="00EC4330"/>
+    <w:rsid w:val="00ED413E"/>
+    <w:rsid w:val="00EE5656"/>
+    <w:rsid w:val="00EE56A6"/>
+    <w:rsid w:val="00EF4B40"/>
+    <w:rsid w:val="00F04959"/>
+    <w:rsid w:val="00F04BEE"/>
+    <w:rsid w:val="00F0669D"/>
+    <w:rsid w:val="00F10F1C"/>
+    <w:rsid w:val="00F33E96"/>
+    <w:rsid w:val="00F34DAA"/>
+    <w:rsid w:val="00F456FA"/>
+    <w:rsid w:val="00F4596A"/>
+    <w:rsid w:val="00F527BA"/>
+    <w:rsid w:val="00F80796"/>
+    <w:rsid w:val="00F81B17"/>
+    <w:rsid w:val="00F84653"/>
+    <w:rsid w:val="00F96767"/>
+    <w:rsid w:val="00FB2FF5"/>
+    <w:rsid w:val="00FD189D"/>
+    <w:rsid w:val="00FD499E"/>
+    <w:rsid w:val="00FF104F"/>
+    <w:rsid w:val="00FF21CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7A3E1B55"/>
-  <w15:docId w15:val="{290C573B-8F8D-45AF-AC3A-ED17912C4407}"/>
+  <w14:docId w14:val="057A5386"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{EB5FD8ED-F2DF-3D43-BF2B-827C460D3687}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
+    <w:name w:val="Título 1 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
+    <w:name w:val="Título 2 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Char">
+    <w:name w:val="Título 3 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Char">
+    <w:name w:val="Título 4 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Char">
+    <w:name w:val="Título 5 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Char">
+    <w:name w:val="Título 6 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Char">
+    <w:name w:val="Título 7 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Char">
+    <w:name w:val="Título 8 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Char">
+    <w:name w:val="Título 9 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TtuloChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloChar">
+    <w:name w:val="Título Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="RefernciaSutil">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="31"/>
+    <w:rsid w:val="00874ABF"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citao">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitaoChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00031A37"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaoChar">
+    <w:name w:val="Citação Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Citao"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00031A37"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Capasecao">
+    <w:name w:val="Capa secao"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F456FA"/>
+    <w:pPr>
+      <w:framePr w:w="6880" w:h="353" w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="4240" w:y="-2819"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times New Roman (Corpo CS)"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:spacing w:val="100"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TtuloPorgus">
+    <w:name w:val="Título Porguês"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="380" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TtuloEstrangeiro">
+    <w:name w:val="Título Estrangeiro"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="340" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:noProof/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DOI">
+    <w:name w:val="DOI"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:pPr>
+      <w:spacing w:after="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Autornome">
+    <w:name w:val="Autor nome"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="RefernciaIntensa">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="32"/>
+    <w:rsid w:val="00063D15"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Autordados">
+    <w:name w:val="Autor dados"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Autordadoslegenda">
+    <w:name w:val="Autor dados legenda"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AutordadoslegendaChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F1B6C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rodap">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00063D15"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+    <w:name w:val="Rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00063D15"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nmerodepgina">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E666A8"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00346796"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="MenoPendente">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00346796"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TextodoEspaoReservado">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00216EB8"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Corpodotexto">
+    <w:name w:val="Corpo do texto"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CorpodotextoChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="006E6D3F"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="320" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Licenadeuso">
+    <w:name w:val="Licença de uso"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00105DCB"/>
+    <w:pPr>
+      <w:framePr w:w="3232" w:h="4371" w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="7980" w:y="10567" w:anchorLock="1"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dadossubmisso">
+    <w:name w:val="Dados submissão"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00105DCB"/>
+    <w:pPr>
+      <w:framePr w:w="3232" w:h="4371" w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="7980" w:y="10567" w:anchorLock="1"/>
+      <w:spacing w:after="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumoptttulo">
+    <w:name w:val="Resumo pt título"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006360B3"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumopttexto">
+    <w:name w:val="Resumo pt texto"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006360B3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumoptlegenda">
+    <w:name w:val="Resumo pt legenda"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ResumoptlegendaChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="006360B3"/>
+    <w:pPr>
+      <w:spacing w:line="280" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumoestttulo">
+    <w:name w:val="Resumo est título"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006360B3"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumoesttexto">
+    <w:name w:val="Resumo est texto"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006360B3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumoestlegenda">
+    <w:name w:val="Resumo est legenda"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ResumoestlegendaChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="006360B3"/>
+    <w:pPr>
+      <w:spacing w:line="280" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Notatexto">
+    <w:name w:val="Nota texto"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NotatextoChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F80796"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light" w:cs="Open Sans"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Notanumero">
+    <w:name w:val="Nota numero"/>
+    <w:basedOn w:val="Notatexto"/>
+    <w:link w:val="NotanumeroChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F80796"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="A11757"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rodape">
+    <w:name w:val="Rodape"/>
+    <w:basedOn w:val="Rodap"/>
+    <w:qFormat/>
+    <w:rsid w:val="0025412E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numeropagina">
+    <w:name w:val="Numero pagina"/>
+    <w:basedOn w:val="Rodap"/>
+    <w:qFormat/>
+    <w:rsid w:val="0025412E"/>
+    <w:pPr>
+      <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="page" w:x="11018" w:y="-429"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cabecalhosecao">
+    <w:name w:val="Cabecalho secao"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D02F0"/>
+    <w:pPr>
+      <w:framePr w:w="7513" w:h="511" w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="3745" w:y="556"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times New Roman (Corpo CS)"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:spacing w:val="100"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cabecalhoautor">
+    <w:name w:val="Cabecalho autor"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D02F0"/>
+    <w:pPr>
+      <w:framePr w:w="3850" w:h="1708" w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="7315" w:y="567"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light" w:cs="Times New Roman (Corpo CS)"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cabecalhotitulo">
+    <w:name w:val="Cabecalho titulo"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D02F0"/>
+    <w:pPr>
+      <w:framePr w:w="3850" w:h="1708" w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="7315" w:y="567"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Times New Roman (Corpo CS)"/>
+      <w:color w:val="932755"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TopicoNvel1">
+    <w:name w:val="Topico Nível 1"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:qFormat/>
+    <w:rsid w:val="00966CCC"/>
+    <w:pPr>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TpicoNvel2">
+    <w:name w:val="Tópico Nível 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00966CCC"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TpicoNvel3">
+    <w:name w:val="Tópico Nível 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00966CCC"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TpicoNvel4">
+    <w:name w:val="Tópico Nível 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00966CCC"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AutordadoslegendaChar">
+    <w:name w:val="Autor dados legenda Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Autordadoslegenda"/>
+    <w:rsid w:val="00FF21CC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ResumoptlegendaChar">
+    <w:name w:val="Resumo pt legenda Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Resumoptlegenda"/>
+    <w:rsid w:val="00212600"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ResumoestlegendaChar">
+    <w:name w:val="Resumo est legenda Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Resumoestlegenda"/>
+    <w:rsid w:val="000F7CB1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotatextoChar">
+    <w:name w:val="Nota texto Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Notatexto"/>
+    <w:rsid w:val="00746DCD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light" w:cs="Open Sans"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotanumeroChar">
+    <w:name w:val="Nota numero Char"/>
+    <w:basedOn w:val="NotatextoChar"/>
+    <w:link w:val="Notanumero"/>
+    <w:rsid w:val="00746DCD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Open Sans"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="A11757"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Citacaogrande">
+    <w:name w:val="Citacao grande"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B968DD"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textodenotadefim">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodenotadefimChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF104F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotadefimChar">
+    <w:name w:val="Texto de nota de fim Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Textodenotadefim"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF104F"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotadefim">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF104F"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textodenotaderodap">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodenotaderodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D40778"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotaderodapChar">
+    <w:name w:val="Texto de nota de rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Textodenotaderodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D40778"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotaderodap">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D40778"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Notarodape">
+    <w:name w:val="Nota rodape"/>
+    <w:basedOn w:val="Textodenotaderodap"/>
+    <w:qFormat/>
+    <w:rsid w:val="004345C9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figurafonte">
+    <w:name w:val="Figura fonte"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:link w:val="FigurafonteChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="003068FC"/>
+    <w:pPr>
+      <w:spacing w:after="360" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figuratitulo">
+    <w:name w:val="Figura titulo"/>
+    <w:basedOn w:val="Figurafonte"/>
+    <w:link w:val="FiguratituloChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="003068FC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CorpodotextoChar">
+    <w:name w:val="Corpo do texto Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Corpodotexto"/>
+    <w:rsid w:val="003068FC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FigurafonteChar">
+    <w:name w:val="Figura fonte Char"/>
+    <w:basedOn w:val="CorpodotextoChar"/>
+    <w:link w:val="Figurafonte"/>
+    <w:rsid w:val="003068FC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FiguratituloChar">
+    <w:name w:val="Figura titulo Char"/>
+    <w:basedOn w:val="FigurafonteChar"/>
+    <w:link w:val="Figuratitulo"/>
+    <w:rsid w:val="003068FC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabelacomgrade">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="0053419A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="SimplesTabela2">
+    <w:name w:val="Plain Table 2"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:uiPriority w:val="42"/>
+    <w:rsid w:val="004D2593"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelatitulo">
+    <w:name w:val="Tabela titulo"/>
+    <w:basedOn w:val="Figurafonte"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D32105"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelatexto">
+    <w:name w:val="Tabela texto"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:qFormat/>
+    <w:rsid w:val="00225BA5"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Light" w:hAnsi="Lato Light"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelalegenda">
+    <w:name w:val="Tabela legenda"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A35E87"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+      <w:color w:val="932755"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelaentrada">
+    <w:name w:val="Tabela entrada"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A35E87"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referencia">
+    <w:name w:val="Referencia"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:link w:val="ReferenciaChar"/>
+    <w:rsid w:val="00E17C38"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referenciadestaque">
+    <w:name w:val="Referencia destaque"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:link w:val="ReferenciadestaqueChar"/>
+    <w:rsid w:val="005B0FAB"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Bold" w:hAnsi="Lato Bold"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ReferenciadestaqueChar">
+    <w:name w:val="Referencia destaque Char"/>
+    <w:basedOn w:val="CorpodotextoChar"/>
+    <w:link w:val="Referenciadestaque"/>
+    <w:rsid w:val="005B0FAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato Bold" w:hAnsi="Lato Bold"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referencialatim">
+    <w:name w:val="Referencia latim"/>
+    <w:basedOn w:val="Referencia"/>
+    <w:link w:val="ReferencialatimChar"/>
+    <w:rsid w:val="006F1300"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ReferenciaChar">
+    <w:name w:val="Referencia Char"/>
+    <w:basedOn w:val="CorpodotextoChar"/>
+    <w:link w:val="Referencia"/>
+    <w:rsid w:val="00E17C38"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ReferencialatimChar">
+    <w:name w:val="Referencia latim Char"/>
+    <w:basedOn w:val="ReferenciaChar"/>
+    <w:link w:val="Referencialatim"/>
+    <w:rsid w:val="006F1300"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelafonte">
+    <w:name w:val="Tabela fonte"/>
+    <w:basedOn w:val="Figurafonte"/>
+    <w:rsid w:val="00452849"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.odttf"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6D6AE306-64D7-41D5-A46C-9729315C9DC4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003538E1" w:rsidRDefault="003538E1">
+          <w:r w:rsidRPr="00F238A5">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para inserir o texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="49C2B372E0B144D1964D56A9040FA4DF"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2630BF76-9087-4ACA-B1A7-2B59B94A22FB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BF348B" w:rsidRDefault="00BF348B" w:rsidP="00BF348B">
+          <w:pPr>
+            <w:pStyle w:val="49C2B372E0B144D1964D56A9040FA4DF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F238A5">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para inserir o texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="02A4FB6767B84509843F404E897D0BBA"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{33A03510-9378-434B-A132-7B827E4A4089}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BF348B" w:rsidRDefault="00BF348B" w:rsidP="00BF348B">
+          <w:pPr>
+            <w:pStyle w:val="02A4FB6767B84509843F404E897D0BBA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F238A5">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para inserir o texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="33232FF9635F46CCAC1AE467A3FDC179"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{33662745-5092-4B0E-BD0D-CA2A87377EEC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BF348B" w:rsidRDefault="00BF348B" w:rsidP="00BF348B">
+          <w:pPr>
+            <w:pStyle w:val="33232FF9635F46CCAC1AE467A3FDC179"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F238A5">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para inserir o texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A55E5AE9AB38459EB21C8C67C790ADCD"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{31A71C1B-0F9C-41B3-A983-5DD3C974FB1E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BF348B" w:rsidRDefault="00BF348B" w:rsidP="00BF348B">
+          <w:pPr>
+            <w:pStyle w:val="A55E5AE9AB38459EB21C8C67C790ADCD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F238A5">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para inserir o texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="05C4C231867A43F5AFB3A0B17B61B2ED"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5BADC8C8-0874-46DE-B897-FC95BFC17E2A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BF348B" w:rsidRDefault="00BF348B" w:rsidP="00BF348B">
+          <w:pPr>
+            <w:pStyle w:val="05C4C231867A43F5AFB3A0B17B61B2ED"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F238A5">
+            <w:rPr>
+              <w:rStyle w:val="TextodoEspaoReservado"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para inserir o texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lato">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman (Corpo CS)">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Lato Light">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Open Sans">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lato SemiBold">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lato Bold">
+    <w:altName w:val="Segoe UI"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="003538E1"/>
+    <w:rsid w:val="0011519E"/>
+    <w:rsid w:val="00214EE1"/>
+    <w:rsid w:val="002233F8"/>
+    <w:rsid w:val="003538E1"/>
+    <w:rsid w:val="00407573"/>
+    <w:rsid w:val="00455078"/>
+    <w:rsid w:val="0046643E"/>
+    <w:rsid w:val="005435AF"/>
+    <w:rsid w:val="00640720"/>
+    <w:rsid w:val="006E70DA"/>
+    <w:rsid w:val="00756488"/>
+    <w:rsid w:val="00780979"/>
+    <w:rsid w:val="00790AC8"/>
+    <w:rsid w:val="009578B0"/>
+    <w:rsid w:val="00A30230"/>
+    <w:rsid w:val="00A35F01"/>
+    <w:rsid w:val="00B25DD5"/>
+    <w:rsid w:val="00B539D7"/>
+    <w:rsid w:val="00BA0EA4"/>
+    <w:rsid w:val="00BF1518"/>
+    <w:rsid w:val="00BF348B"/>
+    <w:rsid w:val="00C43EC7"/>
+    <w:rsid w:val="00CC39DF"/>
+    <w:rsid w:val="00EC1B27"/>
+    <w:rsid w:val="00ED6A3B"/>
+    <w:rsid w:val="00F87FEC"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="pt-BR"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8253,708 +6094,799 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...79 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...171 lines deleted...]
-    <w:name w:val="footnote reference"/>
+  <w:style w:type="character" w:styleId="TextodoEspaoReservado">
+    <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...16 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00BF348B"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49C2B372E0B144D1964D56A9040FA4DF">
+    <w:name w:val="49C2B372E0B144D1964D56A9040FA4DF"/>
+    <w:rsid w:val="00BF348B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="02A4FB6767B84509843F404E897D0BBA">
+    <w:name w:val="02A4FB6767B84509843F404E897D0BBA"/>
+    <w:rsid w:val="00BF348B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33232FF9635F46CCAC1AE467A3FDC179">
+    <w:name w:val="33232FF9635F46CCAC1AE467A3FDC179"/>
+    <w:rsid w:val="00BF348B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A55E5AE9AB38459EB21C8C67C790ADCD">
+    <w:name w:val="A55E5AE9AB38459EB21C8C67C790ADCD"/>
+    <w:rsid w:val="00BF348B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="05C4C231867A43F5AFB3A0B17B61B2ED">
+    <w:name w:val="05C4C231867A43F5AFB3A0B17B61B2ED"/>
+    <w:rsid w:val="00BF348B"/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="1736a918-e5f9-480c-a9c2-9d04a3867d50" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="31db800d-f085-4ce3-a9c0-1a5f98dd24c0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <descri_x00e7_ao xmlns="31db800d-f085-4ce3-a9c0-1a5f98dd24c0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100254705E167BCAF4C851C190FF0D684C3" ma:contentTypeVersion="27" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="f7aec985b09cbf54f5fdf450f2acdb9a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="31db800d-f085-4ce3-a9c0-1a5f98dd24c0" xmlns:ns3="1736a918-e5f9-480c-a9c2-9d04a3867d50" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9506d0149b341b2b2100e682b0ba3337" ns2:_="" ns3:_="">
+    <xsd:import namespace="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
+    <xsd:import namespace="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:descri_x00e7_ao" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="31db800d-f085-4ce3-a9c0-1a5f98dd24c0" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="12" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Marcações de imagem" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f329f067-9640-44d5-8564-a72189d1322a" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="descri_x00e7_ao" ma:index="23" nillable="true" ma:displayName="descriçao" ma:format="Dropdown" ma:internalName="descri_x00e7_ao">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1736a918-e5f9-480c-a9c2-9d04a3867d50" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Compartilhado com" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Detalhes de Compartilhado Com" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6f879f95-49fb-4e90-acf0-388a4ec724a3}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="1736a918-e5f9-480c-a9c2-9d04a3867d50">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de Conteúdo"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E0CD07F-0C54-405B-ACD8-1184F7C3124A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7950BF9-72FD-47F1-92B3-158C77FB6E05}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
+    <ds:schemaRef ds:uri="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18B40EC5-007A-46C5-87DA-680A61F822CC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6C038CE-9255-469B-A79C-FF80C5291CD0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
+    <ds:schemaRef ds:uri="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E65E28D-935F-2A47-A638-D788D2F6709D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>711</Words>
-  <Characters>3843</Characters>
+  <Words>1048</Words>
+  <Characters>5875</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>183</Lines>
+  <Paragraphs>111</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4545</CharactersWithSpaces>
+  <CharactersWithSpaces>6812</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>1</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2025-04-28T00:00:00Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100254705E167BCAF4C851C190FF0D684C3</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
-[...3 lines deleted...]
-    <vt:lpwstr>iLovePDF</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>