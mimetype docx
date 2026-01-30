--- v1 (2025-12-13)
+++ v2 (2026-01-30)
@@ -279,74 +279,88 @@
       <w:r w:rsidR="00F96767">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00FF21CC">
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009E0C5F">
         <w:t xml:space="preserve">(Estilo: </w:t>
       </w:r>
       <w:r w:rsidR="00D94111">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00607CD1">
         <w:t>utor</w:t>
       </w:r>
       <w:r w:rsidR="00D94111">
         <w:t xml:space="preserve"> dados</w:t>
       </w:r>
       <w:r w:rsidR="00607CD1">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6138D215" w14:textId="45495957" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00FF21CC">
+    <w:p w14:paraId="6138D215" w14:textId="722672F2" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00FF21CC">
       <w:pPr>
         <w:pStyle w:val="Autordados"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF21CC">
         <w:rPr>
           <w:rStyle w:val="AutordadoslegendaChar"/>
         </w:rPr>
         <w:t>Lattes</w:t>
       </w:r>
+      <w:r w:rsidR="00BC7EBD">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00092334">
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E46C3">
         <w:t>0000000000000000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF21CC">
         <w:rPr>
           <w:rStyle w:val="AutordadoslegendaChar"/>
         </w:rPr>
-        <w:t>Orcid:</w:t>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t xml:space="preserve"> 0000-000</w:t>
       </w:r>
       <w:r w:rsidR="008E46C3">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="008E46C3">
         <w:t>0000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="008E46C3">
         <w:t>0000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BE068C9" w14:textId="24230835" w:rsidR="00EE56A6" w:rsidRPr="00092334" w:rsidRDefault="00EE56A6" w:rsidP="00FF21CC">
       <w:pPr>
@@ -416,74 +430,85 @@
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00F84653">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31CE8E04" w14:textId="001FD7CD" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
       <w:pPr>
         <w:pStyle w:val="Autordados"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Instituição de origem do autor 2. (Estilo: </w:t>
       </w:r>
       <w:r w:rsidR="00D94111">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t>utor</w:t>
       </w:r>
       <w:r w:rsidR="00D94111">
         <w:t xml:space="preserve"> dados</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2B077E" w14:textId="77777777" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
+    <w:p w14:paraId="5C2B077E" w14:textId="1E276AA7" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
       <w:pPr>
         <w:pStyle w:val="Autordados"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF21CC">
         <w:rPr>
           <w:rStyle w:val="AutordadoslegendaChar"/>
         </w:rPr>
         <w:t>Lattes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00092334">
+      <w:r w:rsidR="00BC7EBD">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:t>0000000000000000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF21CC">
         <w:rPr>
           <w:rStyle w:val="AutordadoslegendaChar"/>
         </w:rPr>
-        <w:t>Orcid:</w:t>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t xml:space="preserve"> 0000-000</w:t>
       </w:r>
       <w:r>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>0000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>0000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79CB5705" w14:textId="77777777" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
       <w:pPr>
@@ -540,74 +565,88 @@
       </w:r>
       <w:r w:rsidR="00F81B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C9D326E" w14:textId="75ED1B98" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
       <w:pPr>
         <w:pStyle w:val="Autordados"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Instituição de origem do autor 3. (Estilo: </w:t>
       </w:r>
       <w:r w:rsidR="00D94111">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t>utor</w:t>
       </w:r>
       <w:r w:rsidR="00D94111">
         <w:t xml:space="preserve"> dados</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A4679A" w14:textId="77777777" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
+    <w:p w14:paraId="05A4679A" w14:textId="72A78EC9" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
       <w:pPr>
         <w:pStyle w:val="Autordados"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF21CC">
         <w:rPr>
           <w:rStyle w:val="AutordadoslegendaChar"/>
         </w:rPr>
         <w:t>Lattes</w:t>
       </w:r>
+      <w:r w:rsidR="00BC7EBD">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00092334">
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>0000000000000000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF21CC">
         <w:rPr>
           <w:rStyle w:val="AutordadoslegendaChar"/>
         </w:rPr>
-        <w:t>Orcid:</w:t>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF21CC">
+        <w:rPr>
+          <w:rStyle w:val="AutordadoslegendaChar"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t xml:space="preserve"> 0000-000</w:t>
       </w:r>
       <w:r>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>0000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>0000</w:t>
       </w:r>
       <w:r w:rsidRPr="00092334">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2736EC" w14:textId="77777777" w:rsidR="00FF21CC" w:rsidRPr="00092334" w:rsidRDefault="00FF21CC" w:rsidP="00FF21CC">
       <w:pPr>
@@ -639,51 +678,83 @@
       <w:r w:rsidRPr="004D1C50">
         <w:t>Licenciante: Revista de Ensino</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C6F007" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
         <w:pStyle w:val="Licenadeuso"/>
         <w:framePr w:wrap="around"/>
       </w:pPr>
       <w:r w:rsidRPr="004D1C50">
         <w:t>em Artes, Moda e Design, Florianópolis, Brasil.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF30C7E" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
         <w:pStyle w:val="Licenadeuso"/>
         <w:framePr w:wrap="around"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49331058" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
         <w:pStyle w:val="Licenadeuso"/>
         <w:framePr w:wrap="around"/>
       </w:pPr>
       <w:r w:rsidRPr="004D1C50">
-        <w:t>Este trabalho está licenciado sob uma licença Creative Commons Attribution 4.0 International License.</w:t>
+        <w:t xml:space="preserve">Este trabalho está licenciado sob uma licença </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>Creative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t xml:space="preserve"> Commons </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>Attribution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t xml:space="preserve"> 4.0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>International</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>License</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D1C50">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4706E040" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
         <w:pStyle w:val="Licenadeuso"/>
         <w:framePr w:wrap="around"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DD5E0BF" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
         <w:pStyle w:val="Licenadeuso"/>
         <w:framePr w:wrap="around"/>
       </w:pPr>
       <w:r w:rsidRPr="004D1C50">
         <w:t>Publicado pela Universidade do Estado de Santa Catarina</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="411BF600" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRPr="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
         <w:pStyle w:val="Licenadeuso"/>
         <w:framePr w:wrap="around"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00FA817D" w14:textId="77777777" w:rsidR="004D1C50" w:rsidRDefault="004D1C50" w:rsidP="00105DCB">
       <w:pPr>
@@ -828,74 +899,90 @@
       </w:r>
       <w:r w:rsidR="000B3DAC">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00214CA6">
         <w:t>mo pt título</w:t>
       </w:r>
       <w:r w:rsidR="00200A1A">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE7B5D5" w14:textId="104248FD" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="008C04C6" w:rsidP="006360B3">
       <w:pPr>
         <w:pStyle w:val="Resumopttexto"/>
       </w:pPr>
       <w:r>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="008C04C6">
         <w:t>esumo com 150 (cento e cinquenta) a 250 (duzentos e cinquenta)</w:t>
       </w:r>
       <w:r w:rsidR="002B468F">
         <w:t xml:space="preserve"> palavras. </w:t>
       </w:r>
       <w:r w:rsidR="000B3DAC">
-        <w:t>(Estilo: Resumo pt texto)</w:t>
+        <w:t xml:space="preserve">(Estilo: Resumo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000B3DAC">
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000B3DAC">
+        <w:t xml:space="preserve"> texto)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A376267" w14:textId="375FB107" w:rsidR="004323A1" w:rsidRPr="00212600" w:rsidRDefault="004323A1" w:rsidP="00212600">
       <w:pPr>
         <w:pStyle w:val="Resumopttexto"/>
       </w:pPr>
       <w:r w:rsidRPr="00212600">
         <w:rPr>
           <w:rStyle w:val="ResumoptlegendaChar"/>
         </w:rPr>
         <w:t>Palavras-chave</w:t>
       </w:r>
       <w:r w:rsidRPr="00212600">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00A1650B" w:rsidRPr="00212600">
         <w:t>De 3 a 5, separadas com ponto final</w:t>
       </w:r>
       <w:r w:rsidRPr="00212600">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A50777">
-        <w:t xml:space="preserve"> (Estilo: Resumo pt texto)</w:t>
+        <w:t xml:space="preserve"> (Estilo: Resumo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A50777">
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A50777">
+        <w:t xml:space="preserve"> texto)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DD28F1B" w14:textId="02CA50A1" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="004323A1" w:rsidP="006360B3">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71C8D9D8" w14:textId="33387DB4" w:rsidR="004323A1" w:rsidRPr="009B2846" w:rsidRDefault="004323A1" w:rsidP="006360B3">
       <w:pPr>
         <w:pStyle w:val="Resumoestttulo"/>
       </w:pPr>
       <w:r w:rsidRPr="009B2846">
         <w:t>Abstract</w:t>
       </w:r>
       <w:r w:rsidR="00811D99">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00212600">
         <w:t xml:space="preserve">(Estilo: Resumo </w:t>
       </w:r>
       <w:r w:rsidR="00D47C0C">
         <w:t>est</w:t>
       </w:r>
       <w:r w:rsidR="00212600">
         <w:t xml:space="preserve"> título)</w:t>
@@ -931,90 +1018,149 @@
       <w:r w:rsidR="003413BF" w:rsidRPr="000F7CB1">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00A1650B" w:rsidRPr="000F7CB1">
         <w:t>e 3 a 5, separadas com ponto final</w:t>
       </w:r>
       <w:r w:rsidRPr="000F7CB1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A50777">
         <w:t xml:space="preserve"> (Estilo: Resumo est texto)</w:t>
       </w:r>
       <w:r w:rsidR="00A50777" w:rsidRPr="001577D6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4638ED02" w14:textId="525E26AC" w:rsidR="00A90B42" w:rsidRDefault="00A90B42" w:rsidP="006360B3">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50EE5C21" w14:textId="75551821" w:rsidR="008416A7" w:rsidRPr="009B2846" w:rsidRDefault="00F10F1C" w:rsidP="000B2011">
       <w:pPr>
         <w:pStyle w:val="Resumoestttulo"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F10F1C">
-        <w:t>Resumen/resumé/</w:t>
-      </w:r>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F10F1C">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F10F1C">
+        <w:t>resumé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F10F1C">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00F10F1C">
         <w:t>iepilogo</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F10F1C">
         <w:t>(escolha entre espanhol, francês ou italiano)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="247E0C5E" w14:textId="77777777" w:rsidR="000F7CB1" w:rsidRPr="009B2846" w:rsidRDefault="000F7CB1" w:rsidP="000F7CB1">
       <w:pPr>
         <w:pStyle w:val="Resumoesttexto"/>
       </w:pPr>
       <w:r w:rsidRPr="001577D6">
         <w:t xml:space="preserve">Resumo com 150 (cento e cinquenta) a 250 (duzentos e cinquenta) palavras. </w:t>
       </w:r>
       <w:r>
         <w:t>(Estilo: Resumo est texto)</w:t>
       </w:r>
       <w:r w:rsidRPr="001577D6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12AD2A0C" w14:textId="2A1B4609" w:rsidR="000F7CB1" w:rsidRPr="000F7CB1" w:rsidRDefault="0000659D" w:rsidP="000F7CB1">
       <w:pPr>
         <w:pStyle w:val="Resumoesttexto"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0000659D">
         <w:rPr>
           <w:rStyle w:val="ResumoestlegendaChar"/>
         </w:rPr>
-        <w:t>Palabras clave/ Mots clé/Paroles chiave</w:t>
-      </w:r>
+        <w:t>Palabras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0000659D">
+        <w:rPr>
+          <w:rStyle w:val="ResumoestlegendaChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clave/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0000659D">
+        <w:rPr>
+          <w:rStyle w:val="ResumoestlegendaChar"/>
+        </w:rPr>
+        <w:t>Mots</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0000659D">
+        <w:rPr>
+          <w:rStyle w:val="ResumoestlegendaChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0000659D">
+        <w:rPr>
+          <w:rStyle w:val="ResumoestlegendaChar"/>
+        </w:rPr>
+        <w:t>clé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0000659D">
+        <w:rPr>
+          <w:rStyle w:val="ResumoestlegendaChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/Paroles </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0000659D">
+        <w:rPr>
+          <w:rStyle w:val="ResumoestlegendaChar"/>
+        </w:rPr>
+        <w:t>chiave</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000F7CB1" w:rsidRPr="000F7CB1">
         <w:t>: De 3 a 5, separadas com ponto final.</w:t>
       </w:r>
       <w:r w:rsidR="0057303A">
         <w:t xml:space="preserve"> (Estilo: Resumo est texto)</w:t>
       </w:r>
       <w:r w:rsidR="0057303A" w:rsidRPr="001577D6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1394DCFC" w14:textId="77777777" w:rsidR="008416A7" w:rsidRDefault="008416A7" w:rsidP="006360B3">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23346384" w14:textId="77777777" w:rsidR="001B2E2D" w:rsidRDefault="001B2E2D" w:rsidP="001B2E2D">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07FB88D8" w14:textId="37B2C145" w:rsidR="00616D8E" w:rsidRPr="00F0669D" w:rsidRDefault="00F0669D" w:rsidP="00966CCC">
       <w:pPr>
         <w:pStyle w:val="TopicoNvel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00F0669D">
@@ -1292,180 +1438,196 @@
       </w:r>
       <w:r w:rsidR="004D136E" w:rsidRPr="003068FC">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:t>Exemplo de tabela</w:t>
       </w:r>
       <w:r w:rsidR="004D136E" w:rsidRPr="003068FC">
         <w:t xml:space="preserve"> [Fonte: Aut</w:t>
       </w:r>
       <w:r w:rsidR="00D32105">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="004D136E" w:rsidRPr="003068FC">
         <w:t>res, 2025]</w:t>
       </w:r>
       <w:r w:rsidR="004D136E">
         <w:t xml:space="preserve"> (Estilo: </w:t>
       </w:r>
       <w:r w:rsidR="00D32105">
         <w:t>Tabela</w:t>
       </w:r>
       <w:r w:rsidR="004D136E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D32105">
         <w:t>titulo</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004D136E">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="SimplesTabela2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1179"/>
         <w:gridCol w:w="1179"/>
         <w:gridCol w:w="1180"/>
         <w:gridCol w:w="1180"/>
         <w:gridCol w:w="1180"/>
         <w:gridCol w:w="1180"/>
       </w:tblGrid>
       <w:tr w:rsidR="0053419A" w:rsidRPr="00D32105" w14:paraId="5387BA43" w14:textId="77777777" w:rsidTr="00225BA5">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1179" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6082EC80" w14:textId="035A6021" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D2593" w:rsidP="00A35E87">
             <w:pPr>
               <w:pStyle w:val="Tabelalegenda"/>
             </w:pPr>
             <w:r w:rsidRPr="00225BA5">
               <w:t>Legenda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1179" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19B7CEFB" w14:textId="3C4971E6" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
             <w:pPr>
               <w:pStyle w:val="Tabelalegenda"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00225BA5">
               <w:t>LegA</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B8C3CEA" w14:textId="3D4E32C4" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
             <w:pPr>
               <w:pStyle w:val="Tabelalegenda"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00225BA5">
               <w:t>LegB</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E09ACA9" w14:textId="4994BED7" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
             <w:pPr>
               <w:pStyle w:val="Tabelalegenda"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00225BA5">
               <w:t>LegC</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24318618" w14:textId="26FCF26E" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
             <w:pPr>
               <w:pStyle w:val="Tabelalegenda"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00225BA5">
               <w:t>LegD</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AF21120" w14:textId="1D1901D0" w:rsidR="0053419A" w:rsidRPr="00225BA5" w:rsidRDefault="004D136E" w:rsidP="00A35E87">
             <w:pPr>
               <w:pStyle w:val="Tabelalegenda"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00225BA5">
               <w:t>LegE</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0053419A" w:rsidRPr="00D32105" w14:paraId="33BFFC02" w14:textId="77777777" w:rsidTr="00225BA5">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1179" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19017AAD" w14:textId="7CCA051C" w:rsidR="0053419A" w:rsidRPr="00A35E87" w:rsidRDefault="004D2593" w:rsidP="00A35E87">
             <w:pPr>
               <w:pStyle w:val="Tabelaentrada"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A35E87">
               <w:t>Aaa</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1179" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68CC0C9F" w14:textId="4A6138D3" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
             <w:pPr>
               <w:pStyle w:val="Tabelatexto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D32105">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="770D1E6E" w14:textId="0ECDC6D4" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
             <w:pPr>
               <w:pStyle w:val="Tabelatexto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
@@ -1513,60 +1675,62 @@
             </w:pPr>
             <w:r w:rsidRPr="00D32105">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0053419A" w:rsidRPr="00D32105" w14:paraId="3D29D2CF" w14:textId="77777777" w:rsidTr="00225BA5">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1179" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67339890" w14:textId="6D2BB7AF" w:rsidR="0053419A" w:rsidRPr="00A35E87" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
             <w:pPr>
               <w:pStyle w:val="Corpodotexto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A35E87">
               <w:rPr>
                 <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bbb</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1179" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4170C339" w14:textId="61529662" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
             <w:pPr>
               <w:pStyle w:val="Tabelatexto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D32105">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DFE45AA" w14:textId="386009B0" w:rsidR="0053419A" w:rsidRPr="00D32105" w:rsidRDefault="004D2593" w:rsidP="00225BA5">
             <w:pPr>
               <w:pStyle w:val="Tabelatexto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
@@ -1617,60 +1781,62 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006B3BB8" w:rsidRPr="00D32105" w14:paraId="027A70E1" w14:textId="77777777" w:rsidTr="00225BA5">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1179" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44D4030C" w14:textId="73F95D19" w:rsidR="006B3BB8" w:rsidRPr="00A35E87" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
             <w:pPr>
               <w:pStyle w:val="Corpodotexto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato SemiBold" w:hAnsi="Lato SemiBold"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ccc</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1179" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1485CB37" w14:textId="771CD44C" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
             <w:pPr>
               <w:pStyle w:val="Tabelatexto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BD1A703" w14:textId="09B5A159" w:rsidR="006B3BB8" w:rsidRPr="00D32105" w:rsidRDefault="006B3BB8" w:rsidP="00225BA5">
             <w:pPr>
               <w:pStyle w:val="Tabelatexto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
@@ -1726,209 +1892,663 @@
     <w:p w14:paraId="53EBFDBE" w14:textId="2C638937" w:rsidR="00452849" w:rsidRDefault="00D5388C" w:rsidP="00DE7CC9">
       <w:pPr>
         <w:pStyle w:val="Tabelafonte"/>
       </w:pPr>
       <w:r w:rsidRPr="003068FC">
         <w:t>Fonte: Aut</w:t>
       </w:r>
       <w:r>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="003068FC">
         <w:t>res, 2025</w:t>
       </w:r>
       <w:r w:rsidR="00452849">
         <w:t xml:space="preserve"> (Estilo: Tabela fonte)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52719454" w14:textId="50F14B8B" w:rsidR="006B3BB8" w:rsidRDefault="00BF4FCF" w:rsidP="006B3BB8">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">As tabelas devem ser digitadas, e não inseridas como imagens. </w:t>
       </w:r>
       <w:r w:rsidR="004A136E">
-        <w:t>Título da tabela acima da mesma (Estilo: Tabela titulo)</w:t>
+        <w:t xml:space="preserve">Título da tabela </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004A136E">
+        <w:t>acima da mesma</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004A136E">
+        <w:t xml:space="preserve"> (Estilo: Tabela </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004A136E">
+        <w:t>titulo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004A136E">
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00CB355B">
         <w:t xml:space="preserve">. Dentro da tabela, a legenda das colunas utiliza o estilo Tabela legenda; a legenda das linhas utiliza o estilo Tabela entrada; e </w:t>
       </w:r>
       <w:r w:rsidR="005528AB">
         <w:t>o conteúdo das células utiliza o estilo Tabela texto.</w:t>
       </w:r>
       <w:r w:rsidR="00D5388C">
         <w:t xml:space="preserve"> Fonte abaixo como no modelo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="187547B0" w14:textId="380EFC2A" w:rsidR="00616D8E" w:rsidRDefault="00DD5ACB" w:rsidP="00966CCC">
       <w:pPr>
         <w:pStyle w:val="TpicoNvel2"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="003136B2" w:rsidRPr="000B7771">
         <w:t>.1 Tópico Nível 2</w:t>
       </w:r>
       <w:r w:rsidR="00E43A25">
         <w:t xml:space="preserve"> (Estilo: Tópico Nível 2)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13814298" w14:textId="6DE77362" w:rsidR="000B7771" w:rsidRDefault="000B7771" w:rsidP="000B7771">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r>
         <w:t>Corpo de texto</w:t>
       </w:r>
       <w:r w:rsidR="00E43A25">
         <w:t xml:space="preserve"> (Estilo: </w:t>
       </w:r>
       <w:r w:rsidR="00E43A25" w:rsidRPr="00E43A25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Corpo do texto</w:t>
       </w:r>
       <w:r w:rsidR="00E43A25">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C216C2">
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit. Cras sed efficitur quam.</w:t>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>Cras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>efficitur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A60ED6E" w14:textId="032C9348" w:rsidR="000B7771" w:rsidRPr="005B4132" w:rsidRDefault="005B4132" w:rsidP="00966CCC">
       <w:pPr>
         <w:pStyle w:val="TpicoNvel3"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="000B7771" w:rsidRPr="005B4132">
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="00A801BD" w:rsidRPr="005B4132">
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="000B7771" w:rsidRPr="005B4132">
         <w:t xml:space="preserve"> Tópico Nível </w:t>
       </w:r>
       <w:r w:rsidR="00A801BD" w:rsidRPr="005B4132">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00E43A25">
         <w:t xml:space="preserve"> (Estilo: Tópico Nível 3)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54962EEC" w14:textId="63425935" w:rsidR="005B4132" w:rsidRDefault="005B4132" w:rsidP="005B4132">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r>
         <w:t>Corpo de texto</w:t>
       </w:r>
       <w:r w:rsidR="00E43A25">
         <w:t xml:space="preserve"> (Estilo: </w:t>
       </w:r>
       <w:r w:rsidR="00E43A25" w:rsidRPr="00E43A25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Corpo do texto</w:t>
       </w:r>
       <w:r w:rsidR="00E43A25">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C216C2">
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit. Cras sed efficitur quam.</w:t>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>Cras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>efficitur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22074631" w14:textId="2550F8E4" w:rsidR="005B4132" w:rsidRPr="005B4132" w:rsidRDefault="005B4132" w:rsidP="00966CCC">
       <w:pPr>
         <w:pStyle w:val="TpicoNvel4"/>
       </w:pPr>
       <w:r w:rsidRPr="005B4132">
         <w:t>1.1.1.1 Tópico Nível 4</w:t>
       </w:r>
       <w:r w:rsidR="00E43A25">
         <w:t xml:space="preserve"> (Estilo: Tópico Nível 4)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4755E08F" w14:textId="54E58364" w:rsidR="00616D8E" w:rsidRPr="00616D8E" w:rsidRDefault="005B4132" w:rsidP="00874ABF">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r>
         <w:t>Corpo de texto</w:t>
       </w:r>
       <w:r w:rsidR="00E43A25">
         <w:t xml:space="preserve"> (Estilo: </w:t>
       </w:r>
       <w:r w:rsidR="00E43A25" w:rsidRPr="00E43A25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Corpo do texto</w:t>
       </w:r>
       <w:r w:rsidR="00E43A25">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C216C2">
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit. Cras sed efficitur quam.</w:t>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>Cras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>efficitur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C216C2">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4494AD1C" w14:textId="637EC8CD" w:rsidR="00616D8E" w:rsidRPr="00570E86" w:rsidRDefault="0098627B" w:rsidP="00B968DD">
       <w:pPr>
         <w:pStyle w:val="Citacaogrande"/>
       </w:pPr>
       <w:r w:rsidRPr="00570E86">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00616D8E" w:rsidRPr="00570E86">
         <w:t>itações acima de 3 linhas</w:t>
       </w:r>
       <w:r w:rsidRPr="00570E86">
-        <w:t xml:space="preserve"> (Estilo: Citacao</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> (Estilo: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00570E86">
+        <w:t>Citacao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00083637" w:rsidRPr="00570E86">
         <w:t xml:space="preserve"> grande)</w:t>
       </w:r>
       <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
-        <w:t>. Lorem ipsum dolor sit amet, consectetur adipiscing elit. Cras sed efficitur quam. Etiam pharetra orci odio, ut interdum dolor tincidunt in. Nunc leo augue, sagittis non magna a elementum aliquet lacus (Autor, 0000, p. 00).</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>Cras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>efficitur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve">. Etiam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>pharetra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>odio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve">, ut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>interdum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> in. Nunc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>leo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> augue, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>sagittis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> non magna a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>elementum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>aliquet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00570E86" w:rsidRPr="00570E86">
+        <w:t xml:space="preserve"> (Autor, 0000, p. 00).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B00BC4D" w14:textId="7FFFEEE7" w:rsidR="00570E86" w:rsidRDefault="00670E15" w:rsidP="00874ABF">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Citações utilizando a norma ABNT mais atualizada</w:t>
       </w:r>
       <w:r w:rsidR="00D13FB1">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00D13FB1" w:rsidRPr="00D13FB1">
         <w:t>NBR 10520/23)</w:t>
       </w:r>
       <w:r w:rsidR="00D40778">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
@@ -2022,59 +2642,88 @@
       <w:pPr>
         <w:pStyle w:val="TpicoNvel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00616D8E">
         <w:t xml:space="preserve">Declaração de conflito de Interesses </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19EFBA7F" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r w:rsidRPr="00616D8E">
         <w:t>Os autores declaram não ter conhecimento de conflitos de interesses financeiros ou relacionamentos pessoais que possam ter influenciado o trabalho relatado neste artigo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CD24F43" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B378EDD" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00A031FC" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
       <w:pPr>
         <w:pStyle w:val="TpicoNvel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00A031FC">
-        <w:t>Declaração de Contribuição dos Autores e Colaboradores (CRediT - Contributor Roles Taxonomy)</w:t>
+        <w:t>Declaração de Contribuição dos Autores e Colaboradores (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A031FC">
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A031FC">
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A031FC">
+        <w:t>Contributor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A031FC">
+        <w:t xml:space="preserve"> Roles </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A031FC">
+        <w:t>Taxonomy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A031FC">
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D707FBD" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00616D8E">
-        <w:t>Ex: Concepção do trabalho: João da Silva; João teve a ideia inicial do projeto e formulou a hipótese da pesquisa. Metodologia: Maria Santos, Ana Oliveira; Maria e Ana projetaram a metodologia e realizaram os testes experimentais. Validação: Pedro Lima; Pedro verificou os dados experimentais e validou os resultados utilizando técnicas estatísticas.</w:t>
+        <w:t>Ex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00616D8E">
+        <w:t>: Concepção do trabalho: João da Silva; João teve a ideia inicial do projeto e formulou a hipótese da pesquisa. Metodologia: Maria Santos, Ana Oliveira; Maria e Ana projetaram a metodologia e realizaram os testes experimentais. Validação: Pedro Lima; Pedro verificou os dados experimentais e validou os resultados utilizando técnicas estatísticas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FE14C20" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="113258FF" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
       <w:pPr>
         <w:pStyle w:val="TpicoNvel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00616D8E">
         <w:t>Material suplementar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="538CDB4B" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRPr="00616D8E" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
       <w:r w:rsidRPr="00616D8E">
         <w:t>O material suplementar referente a este artigo está disponível online.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC5AFF9" w14:textId="77777777" w:rsidR="00A31F8D" w:rsidRDefault="00A31F8D" w:rsidP="00A31F8D">
       <w:pPr>
@@ -2381,153 +3030,153 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0EFACE21" w14:textId="77777777" w:rsidR="008B1387" w:rsidRDefault="008B1387" w:rsidP="00874ABF">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F888493" w14:textId="6EB7C8BA" w:rsidR="008B1387" w:rsidRPr="009B2846" w:rsidRDefault="008B1387" w:rsidP="00874ABF">
       <w:pPr>
         <w:pStyle w:val="Corpodotexto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008B1387" w:rsidRPr="009B2846" w:rsidSect="009211E6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="3109" w:right="4251" w:bottom="1696" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44D012E0" w14:textId="77777777" w:rsidR="00A2699D" w:rsidRDefault="00A2699D" w:rsidP="00063D15">
+    <w:p w14:paraId="2A68AC6C" w14:textId="77777777" w:rsidR="00685D2B" w:rsidRDefault="00685D2B" w:rsidP="00063D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F348AE7" w14:textId="77777777" w:rsidR="00A2699D" w:rsidRDefault="00A2699D" w:rsidP="00063D15">
+    <w:p w14:paraId="27E400B1" w14:textId="77777777" w:rsidR="00685D2B" w:rsidRDefault="00685D2B" w:rsidP="00063D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{4B770AEB-42EF-4F42-9EE8-2975AC362A8A}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId4" w:fontKey="{86B0D809-5D7C-473B-9626-8B90CD9B95E0}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{F50430B7-9E9D-485A-BA93-289F86594CFB}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{84D96833-F75A-4CC1-B7B3-3570F790BBC3}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{0A6E8DA9-38A2-441C-9FEB-6AA4BCDB4981}"/>
+    <w:embedBoldItalic r:id="rId4" w:fontKey="{19B7418E-242D-46A6-8B21-AB3E40BB14A0}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{95B2E3EA-F21B-4785-8C5E-50E0E320C94F}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{BFF12F7D-C0C8-4571-84A0-29CFC411A27F}"/>
   </w:font>
   <w:font w:name="Lato">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{B7DF48CB-1A56-4948-BC5B-7112C866AD97}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId9" w:fontKey="{B55724C1-8DDD-49B1-994F-BB2D30766482}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{D0FF7C19-2BB4-40F9-8B02-5656A861B3DF}"/>
+    <w:embedBold r:id="rId7" w:fontKey="{ACAD03B4-D25D-4A61-9742-2563EAAB37BC}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{31578C8D-86B7-4433-8E07-01367963FE2C}"/>
+    <w:embedBoldItalic r:id="rId9" w:fontKey="{797D222A-931D-407D-ABBF-E2F4C1F1F98C}"/>
   </w:font>
   <w:font w:name="Times New Roman (Corpo CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Lato Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId10" w:fontKey="{30246FB0-B012-460A-B6A1-923A4B458C4B}"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{7B1AD46B-6D7E-4E08-8905-7D533DF84A70}"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId11" w:fontKey="{36F471E8-8576-4061-B502-842E3F3F3D14}"/>
-    <w:embedBold r:id="rId12" w:fontKey="{0A7868AB-84B5-430F-804C-01F175A624FE}"/>
+    <w:embedRegular r:id="rId11" w:fontKey="{491F951D-8D74-4CFE-8228-782BFABE57C6}"/>
+    <w:embedBold r:id="rId12" w:fontKey="{75A9C5B0-186F-4A0F-B90B-3968A3BD285D}"/>
   </w:font>
   <w:font w:name="Lato SemiBold">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId13" w:fontKey="{CE38DF0E-2BAB-4402-B8AF-930D0E477F71}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId15" w:fontKey="{03271467-15D0-448F-9AAA-864506384273}"/>
+    <w:embedRegular r:id="rId13" w:fontKey="{C8CA6E8B-612C-4C46-B3B6-5FF7371A2A4A}"/>
+    <w:embedBold r:id="rId14" w:fontKey="{5E7CFC8D-06B1-49F5-A516-4B2DBFE7344A}"/>
+    <w:embedItalic r:id="rId15" w:fontKey="{B132C5F3-A22C-400A-B5D1-80D5F0323D9D}"/>
   </w:font>
   <w:font w:name="Lato Bold">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId16" w:fontKey="{41BF8DA7-87B8-4033-839D-A7D13415E183}"/>
+    <w:embedRegular r:id="rId16" w:fontKey="{97B06AE7-B031-4E10-A8BF-A1E719672232}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:id w:val="-878160372"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="2AC6A947" w14:textId="434F3CD0" w:rsidR="00E666A8" w:rsidRDefault="00E666A8" w:rsidP="00BF5ABE">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
           </w:rPr>
@@ -2586,56 +3235,62 @@
         <w:pPr>
           <w:pStyle w:val="Numeropagina"/>
           <w:framePr w:wrap="none"/>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="006565F8">
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="006565F8">
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="25BDCD47" w14:textId="17835F6E" w:rsidR="00E666A8" w:rsidRPr="003500BC" w:rsidRDefault="004323A1" w:rsidP="0025412E">
+  <w:p w14:paraId="25BDCD47" w14:textId="211DA39E" w:rsidR="00E666A8" w:rsidRPr="003500BC" w:rsidRDefault="004323A1" w:rsidP="0025412E">
     <w:pPr>
       <w:pStyle w:val="Rodape"/>
     </w:pPr>
     <w:r w:rsidRPr="003500BC">
-      <w:t>REAMD, Florianópolis, v. X, n. X, p. XX-XX, 2025-2026. UDESC. ISSN:2594-4630.</w:t>
+      <w:t>REAMD, Florianópolis, v. X, n. X, p. XX-XX, 2025-2026. UDESC. ISSN:</w:t>
+    </w:r>
+    <w:r w:rsidR="00BC7EBD">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003500BC">
+      <w:t>2594-4630.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:id w:val="1387058364"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Fontepargpadro"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="099CC374" w14:textId="724FDAC8" w:rsidR="00440A7D" w:rsidRPr="006565F8" w:rsidRDefault="00440A7D" w:rsidP="006565F8">
@@ -2651,61 +3306,61 @@
         </w:r>
         <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="006565F8">
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="006565F8">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="361DE90E" w14:textId="77777777" w:rsidR="00440A7D" w:rsidRDefault="00440A7D" w:rsidP="00440A7D">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D40ABC1" w14:textId="77777777" w:rsidR="00A2699D" w:rsidRDefault="00A2699D" w:rsidP="00063D15">
+    <w:p w14:paraId="77A7F5C9" w14:textId="77777777" w:rsidR="00685D2B" w:rsidRDefault="00685D2B" w:rsidP="00063D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5DBFCFD4" w14:textId="77777777" w:rsidR="00A2699D" w:rsidRDefault="00A2699D" w:rsidP="00063D15">
+    <w:p w14:paraId="1A234A2F" w14:textId="77777777" w:rsidR="00685D2B" w:rsidRDefault="00685D2B" w:rsidP="00063D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="173A1181" w14:textId="0BCCCBA3" w:rsidR="00D40778" w:rsidRPr="005B3A3E" w:rsidRDefault="00D40778" w:rsidP="005B3A3E">
       <w:pPr>
         <w:pStyle w:val="Notarodape"/>
       </w:pPr>
       <w:r w:rsidRPr="005B3A3E">
         <w:rPr>
           <w:rStyle w:val="NotanumeroChar"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005B3A3E">
         <w:rPr>
           <w:rStyle w:val="NotanumeroChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3188,50 +3843,51 @@
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -3262,50 +3918,51 @@
     <w:rsid w:val="0013189F"/>
     <w:rsid w:val="001509DC"/>
     <w:rsid w:val="00151F6C"/>
     <w:rsid w:val="001577D6"/>
     <w:rsid w:val="00163E10"/>
     <w:rsid w:val="00175B23"/>
     <w:rsid w:val="001766CC"/>
     <w:rsid w:val="001A61CD"/>
     <w:rsid w:val="001B2977"/>
     <w:rsid w:val="001B2E2D"/>
     <w:rsid w:val="001C7B60"/>
     <w:rsid w:val="001D58A7"/>
     <w:rsid w:val="001E363C"/>
     <w:rsid w:val="001F271C"/>
     <w:rsid w:val="00200A1A"/>
     <w:rsid w:val="00212600"/>
     <w:rsid w:val="00214CA6"/>
     <w:rsid w:val="00216EB8"/>
     <w:rsid w:val="00225BA5"/>
     <w:rsid w:val="00231D8C"/>
     <w:rsid w:val="002407F3"/>
     <w:rsid w:val="00253753"/>
     <w:rsid w:val="0025412E"/>
     <w:rsid w:val="00264486"/>
     <w:rsid w:val="00267097"/>
+    <w:rsid w:val="002851BE"/>
     <w:rsid w:val="002A082D"/>
     <w:rsid w:val="002A5D6C"/>
     <w:rsid w:val="002B468F"/>
     <w:rsid w:val="002C25E1"/>
     <w:rsid w:val="002C3166"/>
     <w:rsid w:val="002D772C"/>
     <w:rsid w:val="002E21D4"/>
     <w:rsid w:val="002F5732"/>
     <w:rsid w:val="003068FC"/>
     <w:rsid w:val="003136B2"/>
     <w:rsid w:val="003150E2"/>
     <w:rsid w:val="00321366"/>
     <w:rsid w:val="00333ED2"/>
     <w:rsid w:val="00335AC9"/>
     <w:rsid w:val="003413BF"/>
     <w:rsid w:val="00342E33"/>
     <w:rsid w:val="00346796"/>
     <w:rsid w:val="003500BC"/>
     <w:rsid w:val="003604CC"/>
     <w:rsid w:val="00372127"/>
     <w:rsid w:val="00377E8E"/>
     <w:rsid w:val="00391854"/>
     <w:rsid w:val="00395714"/>
     <w:rsid w:val="00397B6F"/>
     <w:rsid w:val="003A510C"/>
@@ -3348,50 +4005,51 @@
     <w:rsid w:val="00570E86"/>
     <w:rsid w:val="0057303A"/>
     <w:rsid w:val="00573F18"/>
     <w:rsid w:val="0058111F"/>
     <w:rsid w:val="005853C9"/>
     <w:rsid w:val="005B0FAB"/>
     <w:rsid w:val="005B3A3E"/>
     <w:rsid w:val="005B4132"/>
     <w:rsid w:val="005D02B5"/>
     <w:rsid w:val="005D32C1"/>
     <w:rsid w:val="005E0241"/>
     <w:rsid w:val="005E22FD"/>
     <w:rsid w:val="005E4549"/>
     <w:rsid w:val="005F4161"/>
     <w:rsid w:val="006055D7"/>
     <w:rsid w:val="00607CD1"/>
     <w:rsid w:val="00616D8E"/>
     <w:rsid w:val="006337E4"/>
     <w:rsid w:val="006360B3"/>
     <w:rsid w:val="00640720"/>
     <w:rsid w:val="006555A6"/>
     <w:rsid w:val="00655AC5"/>
     <w:rsid w:val="006565F8"/>
     <w:rsid w:val="00670954"/>
     <w:rsid w:val="00670E15"/>
+    <w:rsid w:val="00685D2B"/>
     <w:rsid w:val="006B3BB8"/>
     <w:rsid w:val="006E5B1F"/>
     <w:rsid w:val="006E6D3F"/>
     <w:rsid w:val="006E70DA"/>
     <w:rsid w:val="006F1300"/>
     <w:rsid w:val="006F1B6C"/>
     <w:rsid w:val="006F5E5F"/>
     <w:rsid w:val="00700810"/>
     <w:rsid w:val="00706ED4"/>
     <w:rsid w:val="00726C1E"/>
     <w:rsid w:val="00734C3D"/>
     <w:rsid w:val="00746DCD"/>
     <w:rsid w:val="00747601"/>
     <w:rsid w:val="00752405"/>
     <w:rsid w:val="00756488"/>
     <w:rsid w:val="007635C2"/>
     <w:rsid w:val="00770F5C"/>
     <w:rsid w:val="0077144E"/>
     <w:rsid w:val="0077193F"/>
     <w:rsid w:val="007800A1"/>
     <w:rsid w:val="00780979"/>
     <w:rsid w:val="007A066F"/>
     <w:rsid w:val="007B114D"/>
     <w:rsid w:val="007B1749"/>
     <w:rsid w:val="007C6A0B"/>
@@ -3454,50 +4112,51 @@
     <w:rsid w:val="00A50777"/>
     <w:rsid w:val="00A7798B"/>
     <w:rsid w:val="00A801BD"/>
     <w:rsid w:val="00A8358D"/>
     <w:rsid w:val="00A90B42"/>
     <w:rsid w:val="00AA1C03"/>
     <w:rsid w:val="00AA3EF5"/>
     <w:rsid w:val="00AA4763"/>
     <w:rsid w:val="00AD2429"/>
     <w:rsid w:val="00AD3D45"/>
     <w:rsid w:val="00AD65A0"/>
     <w:rsid w:val="00AD7619"/>
     <w:rsid w:val="00AE29EB"/>
     <w:rsid w:val="00AF6AAF"/>
     <w:rsid w:val="00B21C02"/>
     <w:rsid w:val="00B37ECD"/>
     <w:rsid w:val="00B539D7"/>
     <w:rsid w:val="00B6206A"/>
     <w:rsid w:val="00B661C6"/>
     <w:rsid w:val="00B665C5"/>
     <w:rsid w:val="00B71FAF"/>
     <w:rsid w:val="00B948D9"/>
     <w:rsid w:val="00B951BE"/>
     <w:rsid w:val="00B968DD"/>
     <w:rsid w:val="00BA0EA4"/>
+    <w:rsid w:val="00BC7EBD"/>
     <w:rsid w:val="00BE7FF5"/>
     <w:rsid w:val="00BF4FCF"/>
     <w:rsid w:val="00C00647"/>
     <w:rsid w:val="00C027C6"/>
     <w:rsid w:val="00C05637"/>
     <w:rsid w:val="00C214DC"/>
     <w:rsid w:val="00C216C2"/>
     <w:rsid w:val="00C26A65"/>
     <w:rsid w:val="00C3284C"/>
     <w:rsid w:val="00C3399A"/>
     <w:rsid w:val="00C42C94"/>
     <w:rsid w:val="00C43EC7"/>
     <w:rsid w:val="00C5131D"/>
     <w:rsid w:val="00C54D4E"/>
     <w:rsid w:val="00C551C0"/>
     <w:rsid w:val="00C5790A"/>
     <w:rsid w:val="00C73F7C"/>
     <w:rsid w:val="00C836D3"/>
     <w:rsid w:val="00C85546"/>
     <w:rsid w:val="00CB355B"/>
     <w:rsid w:val="00CB5BCA"/>
     <w:rsid w:val="00CC370D"/>
     <w:rsid w:val="00D00E76"/>
     <w:rsid w:val="00D071F4"/>
     <w:rsid w:val="00D13FB1"/>
@@ -5649,61 +6308,63 @@
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003538E1"/>
     <w:rsid w:val="0011519E"/>
     <w:rsid w:val="00214EE1"/>
     <w:rsid w:val="002233F8"/>
+    <w:rsid w:val="002851BE"/>
     <w:rsid w:val="003538E1"/>
     <w:rsid w:val="00407573"/>
     <w:rsid w:val="00455078"/>
     <w:rsid w:val="0046643E"/>
     <w:rsid w:val="005435AF"/>
     <w:rsid w:val="00640720"/>
     <w:rsid w:val="006E70DA"/>
     <w:rsid w:val="00756488"/>
     <w:rsid w:val="00780979"/>
     <w:rsid w:val="00790AC8"/>
     <w:rsid w:val="009578B0"/>
+    <w:rsid w:val="00963192"/>
     <w:rsid w:val="00A30230"/>
     <w:rsid w:val="00A35F01"/>
     <w:rsid w:val="00B25DD5"/>
     <w:rsid w:val="00B539D7"/>
     <w:rsid w:val="00BA0EA4"/>
     <w:rsid w:val="00BF1518"/>
     <w:rsid w:val="00BF348B"/>
     <w:rsid w:val="00C43EC7"/>
     <w:rsid w:val="00CC39DF"/>
     <w:rsid w:val="00EC1B27"/>
     <w:rsid w:val="00ED6A3B"/>
     <w:rsid w:val="00F87FEC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -6474,71 +7135,75 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="1736a918-e5f9-480c-a9c2-9d04a3867d50" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="31db800d-f085-4ce3-a9c0-1a5f98dd24c0">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <descri_x00e7_ao xmlns="31db800d-f085-4ce3-a9c0-1a5f98dd24c0" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100254705E167BCAF4C851C190FF0D684C3" ma:contentTypeVersion="27" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="f7aec985b09cbf54f5fdf450f2acdb9a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="31db800d-f085-4ce3-a9c0-1a5f98dd24c0" xmlns:ns3="1736a918-e5f9-480c-a9c2-9d04a3867d50" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9506d0149b341b2b2100e682b0ba3337" ns2:_="" ns3:_="">
     <xsd:import namespace="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
     <xsd:import namespace="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:descri_x00e7_ao" minOccurs="0"/>
@@ -6757,130 +7422,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18B40EC5-007A-46C5-87DA-680A61F822CC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7950BF9-72FD-47F1-92B3-158C77FB6E05}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
     <ds:schemaRef ds:uri="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18B40EC5-007A-46C5-87DA-680A61F822CC}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E65E28D-935F-2A47-A638-D788D2F6709D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6C038CE-9255-469B-A79C-FF80C5291CD0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="31db800d-f085-4ce3-a9c0-1a5f98dd24c0"/>
     <ds:schemaRef ds:uri="1736a918-e5f9-480c-a9c2-9d04a3867d50"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1048</Words>
-  <Characters>5875</Characters>
+  <Words>1081</Words>
+  <Characters>5842</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>183</Lines>
-  <Paragraphs>111</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6812</CharactersWithSpaces>
+  <CharactersWithSpaces>6910</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100254705E167BCAF4C851C190FF0D684C3</vt:lpwstr>